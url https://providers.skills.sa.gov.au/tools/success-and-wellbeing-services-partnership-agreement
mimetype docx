--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -86,51 +86,73 @@
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="22F0A35A" w14:textId="38E9BEE9" w:rsidR="007F2F54" w:rsidRPr="005D4B36" w:rsidRDefault="00F439B1">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                                 <w:sz w:val="52"/>
                                 <w:szCs w:val="52"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005D4B36">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                                 <w:sz w:val="52"/>
                                 <w:szCs w:val="52"/>
                                 <w:lang w:val="en-AU"/>
                               </w:rPr>
-                              <w:t>Between [name of SWS provider] and [name and RTO number of RTO receiving SWS] for the period [insert 12 month period]</w:t>
+                              <w:t xml:space="preserve">Between [name of SWS provider] and [name and RTO number of RTO receiving SWS] for the period [insert </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="005D4B36">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="52"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t>12 month</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="005D4B36">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                                <w:sz w:val="52"/>
+                                <w:szCs w:val="52"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> period]</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="621443A5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:6.7pt;margin-top:224.5pt;width:345.75pt;height:190.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4vttDGAIAAC0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815K3OBYsB24CFwWM&#10;JIBT5ExTpCWA4rAkbcn9+g4peUHaU9ELNcMZzfLe4+KhrRU5Cusq0DkdDlJKhOZQVHqf0x9v6y/3&#10;lDjPdMEUaJHTk3D0Yfn506IxmRhBCaoQlmAR7bLG5LT03mRJ4ngpauYGYITGoARbM4+u3SeFZQ1W&#10;r1UyStO7pAFbGAtcOIe3T12QLmN9KQX3L1I64YnKKc7m42njuQtnslywbG+ZKSvej8H+YYqaVRqb&#10;Xko9Mc/IwVZ/lKorbsGB9AMOdQJSVlzEHXCbYfphm23JjIi7IDjOXGBy/68sfz5uzaslvv0KLRIY&#10;AGmMyxxehn1aaevwxUkJxhHC0wU20XrC8XIynqfzMYY4xkaT4Ww0m4Y6yfV3Y53/JqAmwcipRV4i&#10;XOy4cb5LPaeEbhrWlVKRG6VJk9O78TSNP1wiWFxp7HEdNli+3bX9BjsoTriYhY5zZ/i6wuYb5vwr&#10;s0gyDozC9S94SAXYBHqLkhLsr7/dh3zEHqOUNCianLqfB2YFJeq7Rlbmw8kkqCw6k+lshI69jexu&#10;I/pQPwLqcohPxPBohnyvzqa0UL+jvlehK4aY5tg7p/5sPvpOyvg+uFitYhLqyjC/0VvDQ+kAZ4D2&#10;rX1n1vT4e6TuGc7yYtkHGrrcjojVwYOsIkcB4A7VHnfUZGS5fz9B9Ld+zLq+8uVvAAAA//8DAFBL&#10;AwQUAAYACAAAACEAtRuD9OEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82Y&#10;eLOLiBaQpWlIGhOjh9ZevC3sFIjsLLLbFv31jic9vsyXN98rVrMdxAkn3ztScLuIQCA1zvTUKti/&#10;bW5SED5oMnpwhAq+0MOqvLwodG7cmbZ42oVWcAn5XCvoQhhzKX3TodV+4UYkvh3cZHXgOLXSTPrM&#10;5XaQcRQ9SKt74g+dHrHqsPnYHa2C52rzqrd1bNPvoXp6OazHz/37vVLXV/P6EUTAOfzB8KvP6lCy&#10;U+2OZLwYON8lTCpIkow3MbCMkgxErSCNsyXIspD/J5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAHi+20MYAgAALQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhALUbg/ThAAAACgEAAA8AAAAAAAAAAAAAAAAAcgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
@@ -297,82 +319,108 @@
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="250"/>
         <w:ind w:right="661"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F439B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Common client refers to a student enrolled with [RTO] and who is also accessing Success and Wellbeing Services through [SWS provider]</w:t>
+        <w:t>Common client refers to a student enrolled with [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F439B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>RTO] and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F439B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who is also accessing Success and Wellbeing Services through [SWS provider]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7031AE5E" w14:textId="77777777" w:rsidR="00F439B1" w:rsidRPr="00F439B1" w:rsidRDefault="00F439B1" w:rsidP="00F439B1">
+    <w:p w14:paraId="7031AE5E" w14:textId="1539FA76" w:rsidR="00F439B1" w:rsidRPr="00F439B1" w:rsidRDefault="00F439B1" w:rsidP="00F439B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="14"/>
         <w:ind w:right="168"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F439B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Eligible student refers to a student who is eligible to access Success and Wellbeing Services. Eligibility is described in Appendix B</w:t>
+        <w:t xml:space="preserve">Eligible student refers to a student who is eligible to access Success and Wellbeing Services. Eligibility is described in Appendix </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CFB4874" w14:textId="77777777" w:rsidR="00F439B1" w:rsidRPr="00F439B1" w:rsidRDefault="00F439B1" w:rsidP="00F439B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="14"/>
         <w:ind w:right="617"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F439B1">
@@ -512,51 +560,69 @@
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="856"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="9"/>
         <w:ind w:left="856" w:right="276"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F439B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>VETRO stands for vocational education and training readiness orientation and is the version of the UAN undertaken by school enrolled students when seeking to enrol in a VET course as part of their South Australian Certificate of Education (SACE).</w:t>
+        <w:t xml:space="preserve">VETRO stands for vocational education and training readiness orientation and is the version of the UAN undertaken by school enrolled students when seeking to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F439B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>enrol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F439B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a VET course as part of their South Australian Certificate of Education (SACE).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A05EF3F" w14:textId="6872EEDE" w:rsidR="00F439B1" w:rsidRDefault="00F439B1" w:rsidP="00F439B1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
           <w:tab w:val="left" w:pos="856"/>
         </w:tabs>
         <w:spacing w:before="242"/>
         <w:ind w:left="643" w:hanging="643"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="097983"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Introduction</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="050854FB" w14:textId="77777777" w:rsidR="00F439B1" w:rsidRDefault="00F439B1" w:rsidP="00F439B1">
@@ -1383,53 +1449,55 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>requirements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>can</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>enter</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E3736">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r>
         <w:t>agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
@@ -1989,62 +2057,64 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>establishes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>best</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>practice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>model</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -2727,62 +2797,64 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>endorsed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>by</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Skills</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>SA,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -2808,52 +2880,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>their student</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>supports.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>For RTOs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>that</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3222,52 +3299,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of need (UAN) process</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>to ensure their</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:t>student’s support</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>student’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> support</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and learning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>needs are assessed and plans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3986,62 +4068,64 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>condition</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ongoing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -4228,55 +4312,63 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>work</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>together</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>to:</w:t>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B1F7032" w14:textId="77777777" w:rsidR="00F439B1" w:rsidRPr="00F439B1" w:rsidRDefault="00F439B1" w:rsidP="00F439B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="856"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="856" w:hanging="721"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F439B1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5365,56 +5457,58 @@
         <w:t>agencies</w:t>
       </w:r>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7432AB0D" w14:textId="77777777" w:rsidR="001C5666" w:rsidRPr="005759A7" w:rsidRDefault="001C5666" w:rsidP="001C5666">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>aim</w:t>
       </w:r>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>of</w:t>
@@ -6491,51 +6585,65 @@
       </w:r>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>[SWS Provider] SWS Coach; OR</w:t>
+        <w:t xml:space="preserve">[SWS Provider] SWS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005759A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Coach;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005759A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12E1AAC7" w14:textId="77777777" w:rsidR="001C5666" w:rsidRPr="005759A7" w:rsidRDefault="001C5666" w:rsidP="001C5666">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1326"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="14"/>
         <w:ind w:right="648"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005759A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -7591,53 +7699,55 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>address</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>student’s</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>support</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>needs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -7645,74 +7755,78 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>assist</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>student</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>participate</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>complete their</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
@@ -9115,56 +9229,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>provides</w:t>
       </w:r>
       <w:r w:rsidRPr="001C5666">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001C5666">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>similar</w:t>
       </w:r>
       <w:r w:rsidRPr="001C5666">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001C5666">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>supports</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>an</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -11213,51 +11329,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>comes</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>first.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0138B23A" w14:textId="77777777" w:rsidR="004B21AD" w:rsidRPr="004B21AD" w:rsidRDefault="004B21AD" w:rsidP="004B21AD">
+    <w:p w14:paraId="0138B23A" w14:textId="6C4A2C8C" w:rsidR="004B21AD" w:rsidRPr="004B21AD" w:rsidRDefault="004B21AD" w:rsidP="004B21AD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="856"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="244"/>
         <w:ind w:left="856" w:right="321" w:hanging="721"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
@@ -11421,50 +11537,56 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>SWS</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>provider</w:t>
       </w:r>
+      <w:r w:rsidR="00CB3EDC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>[RTO]</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>must</w:t>
@@ -13488,81 +13610,89 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>their</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>expense,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>times,</w:t>
+        <w:t>times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004B21AD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>maintain</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -13810,95 +13940,97 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>party</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>suffers</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>result</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>carrying</w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004B21AD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>out</w:t>
@@ -14136,52 +14268,60 @@
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>[RTO]</w:t>
-      </w:r>
+        <w:t>[RTO</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A2079">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>no</w:t>
@@ -15389,51 +15529,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>required</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>by the SWS operational guidelines.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72DC77E7" w14:textId="77777777" w:rsidR="009A2079" w:rsidRPr="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
+    <w:p w14:paraId="72DC77E7" w14:textId="3608D916" w:rsidR="009A2079" w:rsidRPr="00F630D1" w:rsidRDefault="009A2079" w:rsidP="00F630D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="856"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="856" w:right="801" w:hanging="721"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Provide [RTO] with a copy of the current</w:t>
       </w:r>
@@ -15452,190 +15592,163 @@
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>of Human Services</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>(DHS) Police Clearance</w:t>
+        <w:t xml:space="preserve">(DHS) </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB3EDC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Working with Children Check, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2079">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Police Clearance</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A2079">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="009A2079">
+      <w:r w:rsidR="00F630D1" w:rsidRPr="00F630D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Responding to Risk of Harm, Abuse and Neglect – Education and Care (RHANN-EC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F630D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F630D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F630D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F630D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F630D1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A2079">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="009A2079">
+      <w:r w:rsidRPr="00F630D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>SWS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F630D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F630D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Coaches,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F630D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F630D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F630D1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A2079">
-[...64 lines deleted...]
-      <w:r w:rsidRPr="009A2079">
+      <w:r w:rsidRPr="00F630D1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>request.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EF0CA23" w14:textId="77777777" w:rsidR="009A2079" w:rsidRPr="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="856"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="856" w:right="750" w:hanging="721"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -17891,50 +18004,51 @@
     </w:p>
     <w:p w14:paraId="56C52B0D" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="856"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="856" w:right="175" w:hanging="721"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Provide eligible students</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -17969,58 +18083,51 @@
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">the [SWS provider] SWS </w:t>
-[...6 lines deleted...]
-        <w:t>Coach</w:t>
+        <w:t>the [SWS provider] SWS Coach</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>via</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -20511,97 +20618,91 @@
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>not disclose such</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>personal</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>information to</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">other third party, without prior consent from the </w:t>
-[...6 lines deleted...]
-        <w:t>individual/s.</w:t>
+        <w:t>other third party, without prior consent from the individual/s.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="005BCCCA" w14:textId="5825C10F" w:rsidR="009A2079" w:rsidRPr="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="699"/>
           <w:tab w:val="left" w:pos="702"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="241"/>
         <w:ind w:left="702" w:right="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
@@ -20718,51 +20819,67 @@
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>1988</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>(Cth)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A2079">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Cth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A2079">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2079">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0018311B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -21160,51 +21277,50 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="856"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:right="296"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="009A3604" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="0019092D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="120" w:line="658" w:lineRule="exact"/>
         <w:ind w:left="135" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="097983"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Agreement:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3716D4E7" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="0019092D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2296"/>
           <w:tab w:val="left" w:pos="8567"/>
         </w:tabs>
         <w:spacing w:before="600"/>
         <w:ind w:left="135"/>
       </w:pPr>
       <w:r>
         <w:t>RTO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>trading</w:t>
       </w:r>
@@ -21308,53 +21424,55 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>title</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>authorised</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>officer:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42ADE6CB" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
@@ -21435,52 +21553,60 @@
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="247BCC2B" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="261"/>
         <w:ind w:left="135"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>of authorised</w:t>
-      </w:r>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>authorised</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>officer:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C545FF8" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="9"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
@@ -21694,94 +21820,110 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>position</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>authorised</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>officer:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="007F11E7" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9705"/>
         </w:tabs>
         <w:ind w:left="135"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">of authorised officer: </w:t>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>authorised</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> officer: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25DE68BE" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3737"/>
           <w:tab w:val="left" w:pos="4750"/>
         </w:tabs>
         <w:ind w:left="135"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
@@ -23400,51 +23542,51 @@
       <w:r>
         <w:t>(SWS)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>consent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08B84476" w14:textId="787D88AA" w:rsidR="009A2079" w:rsidRPr="00D03281" w:rsidRDefault="009A2079" w:rsidP="00D03281">
+    <w:p w14:paraId="08B84476" w14:textId="787D88AA" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D03281">
       <w:pPr>
         <w:spacing w:before="244"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D03281">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Consent</w:t>
       </w:r>
       <w:r w:rsidRPr="00D03281">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-14"/>
         </w:rPr>
@@ -23508,3971 +23650,1626 @@
           <w:bCs/>
         </w:rPr>
         <w:t>personal</w:t>
       </w:r>
       <w:r w:rsidRPr="00D03281">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D03281">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>information.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9784" w:type="dxa"/>
-[...14 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
-        <w:gridCol w:w="144"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2839"/>
+        <w:gridCol w:w="141"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A2079" w14:paraId="010B77B7" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00CA5069" w:rsidRPr="00A61919" w14:paraId="0ACE18F2" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="498"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1F4AD9" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="08774AD6" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="116"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-6"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-              <w:t>student</w:t>
+              <w:t xml:space="preserve">Full Name of Student </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7095" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74872E63" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="637E995B" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="171"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="00652D3B" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00CA5069" w:rsidRPr="00A61919" w14:paraId="4B4C4A2F" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="1300"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9784" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FFC62C0" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="1F9FAA12" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="112"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="170"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk39841609"/>
+            <w:r w:rsidRPr="041D2231">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...335 lines deleted...]
-              <w:t>the participant with relevant people and organisations.</w:t>
+              <w:t>Success and Wellbeing Services (SWS) is designed to provide Participants with one-on-one support while studying with the aim of helping to deal with life, learning and transition issues affecting their studies.  To provide coordinated support and monitor the Participant success, agreement from the Participant is needed for SWS Coach to share information about the Participant with relevant people and organisations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="1E9BD43C" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00CA5069" w:rsidRPr="00A61919" w14:paraId="321D7688" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="2832"/>
+          <w:trHeight w:val="3118"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9784" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4484E85E" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="48C6B827" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="112"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="170"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>As</w:t>
+            <w:r w:rsidRPr="00A61919">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">As a Participant in </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-10"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Success and Wellbeing Services</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-10"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...146 lines deleted...]
-              <w:t>to me, with all parties involved in the SWS program for the purposes of:</w:t>
+              <w:t>, I agree to Skills SA sharing my personal information, including my academic results and details of the support provided to me, with all parties involved in the SWS Program for the purposes of:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39D33BA0" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
+          <w:p w14:paraId="0A938A29" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="00CA5069">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Header"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="26"/>
+                <w:numId w:val="29"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="884" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-9"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...50 lines deleted...]
-              <w:t>studies</w:t>
+              <w:t>Tracking my progress with my VET studies</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77A32EA8" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
+          <w:p w14:paraId="59280023" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="00CA5069">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Header"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="26"/>
+                <w:numId w:val="29"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="884" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ensuring</w:t>
-[...50 lines deleted...]
-              <w:t>me</w:t>
+              <w:t>Ensuring effective support is provided to me</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A41D273" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
+          <w:p w14:paraId="6E9A3639" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="00CA5069">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Header"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="26"/>
+                <w:numId w:val="29"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="884" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-9"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...122 lines deleted...]
-              <w:t>services</w:t>
+              <w:t>Referring me to agencies who can provide me with more support or other related services</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A336383" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
+          <w:p w14:paraId="2D1F1E0C" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="00CA5069">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Header"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="26"/>
+                <w:numId w:val="29"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="884" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>tracking</w:t>
-[...68 lines deleted...]
-              <w:t>and/or employment</w:t>
+              <w:t>Tracking my progress with transitioning to further training and/or employment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="007D7B59" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
+          <w:p w14:paraId="1DD07739" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="00CA5069">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Header"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="26"/>
+                <w:numId w:val="29"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="884" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>providing</w:t>
-[...47 lines deleted...]
-              <w:t>opportunities.</w:t>
+              <w:t>Providing me with information about further training and/or employment opportunities.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68F1C83E" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
+          <w:p w14:paraId="617A7669" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="00CA5069">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
+              <w:pStyle w:val="Header"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="26"/>
+                <w:numId w:val="29"/>
               </w:numPr>
-              <w:tabs>
-[...3 lines deleted...]
-              <w:ind w:hanging="360"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="884" w:hanging="357"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>statistical</w:t>
-[...71 lines deleted...]
-              <w:t>SWS program.</w:t>
+              <w:t>Statistical analysis, evaluation and reporting on the SWS program.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="35EA0FFB" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00CA5069" w:rsidRPr="00A61919" w14:paraId="2C34066B" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="1420"/>
+          <w:trHeight w:val="1984"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9784" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B29BB57" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="2F5917D3" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="170"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-11"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...308 lines deleted...]
-              <w:t>guidelines.</w:t>
+              <w:t>Information held by Skills SA is subject to the ‘Information Privacy Principles’ issued by the South Australian Department of Premier and Cabinet.  I understand that personal information that has been collected, used and stored will be dealt with by Skills SA in accordance with the relevant privacy guidelines.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B04E5A0" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="07F3BA05" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="170"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-11"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...158 lines deleted...]
-              <w:t>above.</w:t>
+              <w:t>I understand the meaning of this form and agree to the use of my personal information as described above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="2596496A" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00CA5069" w:rsidRPr="00A61919" w14:paraId="5F3A6C76" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="998"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5950" w:type="dxa"/>
+            <w:tcW w:w="5949" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F73D68A" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="62E6FDFA" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="995" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24942E2A" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="52AA481F" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-4"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3610DF71" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="699DA11B" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="170"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-7"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...32 lines deleted...]
-              <w:t>YYYY</w:t>
+              <w:t>DD / MM / YYYY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="214C1F13" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00CA5069" w:rsidRPr="00A61919" w14:paraId="7B62BEE2" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="493"/>
+          <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9784" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="118B1FB5" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="5F5FDB09" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="112"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="041D2231">
               <w:rPr>
-                <w:spacing w:val="34"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...158 lines deleted...]
-              <w:t>required</w:t>
+              <w:t>Note:  If person giving consent is under 18 years of age, then the consent of their guardian is required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="09D5BAAF" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00CA5069" w:rsidRPr="00A61919" w14:paraId="26064D4D" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="494"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0050D7D9" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="1641E368" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="116"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-6"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-              <w:t>guardian</w:t>
+              <w:t>Full Name of Guardian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6951" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38755F4C" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="78BDD7A2" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="170"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="7F358E6A" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00CA5069" w:rsidRPr="00A61919" w14:paraId="304D9553" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="1051"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5950" w:type="dxa"/>
+            <w:tcW w:w="5949" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="676785CB" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="5AD048BB" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="995" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F58213E" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="03830BE6" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...7 lines deleted...]
-              <w:ind w:left="109"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="252525"/>
-                <w:spacing w:val="-4"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="249CFA86" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="556C217D" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="170"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:color w:val="252525"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>DD</w:t>
-[...39 lines deleted...]
-              <w:t>YYYY</w:t>
+              <w:t>DD / MM / YYYY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="18826D8F" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00CA5069" w:rsidRPr="00A61919" w14:paraId="0EBC96A5" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="1569"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9784" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44A5678D" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="2B664D9F" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRPr="00A61919" w:rsidRDefault="00CA5069" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="116"/>
+              <w:pStyle w:val="Header"/>
+              <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="170"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...389 lines deleted...]
-              <w:t>the information or opinion.</w:t>
+              <w:t>Personal information held by Skills SA is subject to the ‘Information Privacy Principles’ issued by the South Australian Department of Premier and Cabinet and may only be used for the purpose in which it has been collected.  “Personal Information” means information or an opinion (including information or an opinion forming part of a database), whether true or not, and whether recorded in a material form or not, about an individual whose identify is apparent, or can reasonably be ascertained, from the information or opinion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="1BD3B099" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="00A525A9" w:rsidRPr="00A61919" w14:paraId="685D0E16" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="1569"/>
+          <w:trHeight w:val="964"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9784" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6526C801" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
+          <w:p w14:paraId="35C885B5" w14:textId="77777777" w:rsidR="00A525A9" w:rsidRPr="00A61919" w:rsidRDefault="00A525A9" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="116"/>
+              <w:pStyle w:val="Heading1"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Success and Wellbeing Services consent form</w:t>
+              <w:t xml:space="preserve">Success and Wellbeing Services Consent Form </w:t>
             </w:r>
-            <w:r w:rsidRPr="009A2079">
-              <w:t xml:space="preserve"> Consent to disclosure/exchange of personal information</w:t>
+          </w:p>
+          <w:p w14:paraId="68BE5202" w14:textId="77777777" w:rsidR="00A525A9" w:rsidRPr="00A61919" w:rsidRDefault="00A525A9" w:rsidP="001E1BDA">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A61919">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Consent to Disclosure/Exchange of Personal Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="33CC5575" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00A525A9" w:rsidRPr="00A61919" w14:paraId="6DF674A4" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="1569"/>
+          <w:trHeight w:val="1274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9784" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="232A9614" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
+          <w:p w14:paraId="54F24964" w14:textId="77777777" w:rsidR="00A525A9" w:rsidRPr="00A61919" w:rsidRDefault="00A525A9" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="116"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...174 lines deleted...]
-              <w:t>the information provided on page one of this form:</w:t>
+            <w:r w:rsidRPr="041D2231">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>The following organisations or service providers are nominated as specifically included in the exchange of personal information between parties involved in the SWS program as needed and in accordance with the information provided on page one of this form:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="43EA22AB" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00A525A9" w:rsidRPr="00A61919" w14:paraId="7D07E01E" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="494"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4390" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40F73B53" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="22E5A653" w14:textId="77777777" w:rsidR="00A525A9" w:rsidRPr="00A61919" w:rsidRDefault="00A525A9" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="112"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Name</w:t>
-[...35 lines deleted...]
-              <w:t>1</w:t>
+              <w:t xml:space="preserve">Name of Organisation/Service Provider 1  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5390" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67ABC67A" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="5F2A839C" w14:textId="77777777" w:rsidR="00A525A9" w:rsidRPr="00A61919" w:rsidRDefault="00A525A9" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="72CBF67B" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00A525A9" w:rsidRPr="00A61919" w14:paraId="391FA292" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="494"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4390" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0840C6A0" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="322DE70B" w14:textId="77777777" w:rsidR="00A525A9" w:rsidRPr="00A61919" w:rsidRDefault="00A525A9" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="116"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Name</w:t>
-[...29 lines deleted...]
-              <w:t>2</w:t>
+              <w:t xml:space="preserve">Name of Organisation/Service Provider 2  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5390" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3810AD0F" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="26056C7C" w14:textId="77777777" w:rsidR="00A525A9" w:rsidRPr="00A61919" w:rsidRDefault="00A525A9" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="4D281224" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="00A525A9" w:rsidRPr="00A61919" w14:paraId="404F2387" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="494"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4390" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15BBCB51" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="0DAC867F" w14:textId="77777777" w:rsidR="00A525A9" w:rsidRPr="00A61919" w:rsidRDefault="00A525A9" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="116"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A61919">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Name</w:t>
-[...29 lines deleted...]
-              <w:t>3</w:t>
+              <w:t xml:space="preserve">Name of Organisation/Service Provider 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5390" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60739500" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="2EB0663E" w14:textId="77777777" w:rsidR="00A525A9" w:rsidRPr="00A61919" w:rsidRDefault="00A525A9" w:rsidP="001E1BDA">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="563352B0" w14:textId="77777777" w:rsidTr="009A2079">
+    </w:tbl>
+    <w:p w14:paraId="7D609BE8" w14:textId="77777777" w:rsidR="00CA5069" w:rsidRDefault="00CA5069" w:rsidP="00CA5069">
+      <w:pPr>
+        <w:spacing w:before="244"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="3261"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="2268"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w14:paraId="51C46CEB" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="567"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9784" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD3B0D2" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="77820345" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="16"/>
+              <w:keepNext/>
+              <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="0A7A83"/>
+                <w:kern w:val="32"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="32"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
-              <w:t>Student</w:t>
-[...8 lines deleted...]
-              <w:t>consent</w:t>
+              <w:t>Student Consent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="0A4E3FA0" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w14:paraId="6C027FE3" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="791"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9784" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09F80115" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="77936123" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="126"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4513"/>
+                <w:tab w:val="right" w:pos="9026"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-12"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...128 lines deleted...]
-              <w:t>of personal information about me for the purposes described on page one of this form.</w:t>
+              <w:t>I acknowledge that the above organisations are specifically noted as being included in the exchange of personal information about me for the purposes described on page one of this form.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="23162BE2" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w14:paraId="3889B9CF" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="494"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76EB8B0E" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="36F11131" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="112"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4513"/>
+                <w:tab w:val="right" w:pos="9026"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-6"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-              <w:t>student</w:t>
+              <w:t>Full Name of Student</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6951" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45427F30" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="592D43AA" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4513"/>
+                <w:tab w:val="right" w:pos="9026"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="E7E6E6" w:themeColor="background2"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="339A046F" w14:textId="77777777" w:rsidTr="009A2079">
+      <w:tr w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w14:paraId="6586EC83" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="1026"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6094" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6091" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="249E2F9B" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="16AA0701" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4513"/>
+                <w:tab w:val="right" w:pos="9026"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68BE947F" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="13DB6BCF" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4513"/>
+                <w:tab w:val="right" w:pos="9026"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-4"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2839" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="115A93BB" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="63C3B1C0" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="4513"/>
+                <w:tab w:val="right" w:pos="9026"/>
+              </w:tabs>
+              <w:spacing w:before="60" w:after="60" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-7"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...32 lines deleted...]
-              <w:t>YYYY</w:t>
+              <w:t>DD / MM / YYYY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E72882D" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
-[...1 lines deleted...]
-        <w:spacing w:before="244"/>
+    <w:p w14:paraId="042C4EA9" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...14 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2833"/>
+        <w:gridCol w:w="2830"/>
         <w:gridCol w:w="3261"/>
-        <w:gridCol w:w="711"/>
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="2410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A2079" w14:paraId="0BF24986" w14:textId="77777777" w:rsidTr="00D33D4A">
+      <w:tr w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w14:paraId="4BCE8259" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="763"/>
+          <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:tcW w:w="9209" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A4E6129" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="32D2608B" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:right="88"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-4"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...173 lines deleted...]
-              <w:t>of their guardian is required</w:t>
+              <w:t>Note: If person giving consent is under 18 years of age at the time of giving consent, then the consent of their guardian is required</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="0CFF5B5E" w14:textId="77777777" w:rsidTr="00D33D4A">
+      <w:tr w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w14:paraId="4E3F9DE4" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="493"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:tcW w:w="9209" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68FB552C" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="4C6B5F9B" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="18"/>
+              <w:keepNext/>
+              <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="0A7A83"/>
+                <w:kern w:val="32"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ja-JP"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="32"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
-              <w:t>Guardian</w:t>
-[...11 lines deleted...]
-              <w:t>consent</w:t>
+              <w:t>Guardian Consent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="2FC368D7" w14:textId="77777777" w:rsidTr="00D33D4A">
+      <w:tr w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w14:paraId="10A711AB" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="523"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B60EB95" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="799912D6" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="117"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="24"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:sz w:val="24"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Full</w:t>
-[...39 lines deleted...]
-              <w:t>guardian</w:t>
+              <w:t>Full Name of Guardian</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6949" w:type="dxa"/>
+            <w:tcW w:w="6379" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="103A8315" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="007481E0" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A2079" w14:paraId="42912B83" w14:textId="77777777" w:rsidTr="00D33D4A">
+      <w:tr w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w14:paraId="172CBDFF" w14:textId="77777777" w:rsidTr="001E1BDA">
         <w:trPr>
-          <w:trHeight w:val="1074"/>
+          <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6094" w:type="dxa"/>
+            <w:tcW w:w="6091" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7699BA06" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="745D95CD" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="711" w:type="dxa"/>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EEA2075" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="4548C628" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-4"/>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A394F14" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="00D33D4A">
+          <w:p w14:paraId="13E6C553" w14:textId="77777777" w:rsidR="003C0F8D" w:rsidRPr="003C0F8D" w:rsidRDefault="003C0F8D" w:rsidP="003C0F8D">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-7"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="003C0F8D">
               <w:rPr>
-                <w:spacing w:val="-5"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="E7E6E6" w:themeColor="background2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-              <w:t>YYYY</w:t>
+              <w:t>DD / MM / YYYY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="2CE11016" w14:textId="77777777" w:rsidR="00D56477" w:rsidRPr="00D03281" w:rsidRDefault="00D56477" w:rsidP="00D03281">
+      <w:pPr>
+        <w:spacing w:before="244"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E72882D" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
+      <w:pPr>
+        <w:spacing w:before="244"/>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="5F9B0CFE" w14:textId="77777777" w:rsidR="009A2079" w:rsidRPr="009A2079" w:rsidRDefault="009A2079" w:rsidP="009A2079">
       <w:pPr>
         <w:spacing w:before="244"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37E81B7F" w14:textId="77777777" w:rsidR="009A2079" w:rsidRDefault="009A2079" w:rsidP="004B21AD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="0" w:right="355"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009A2079" w:rsidSect="00605644">
       <w:headerReference w:type="even" r:id="rId16"/>
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="2142" w:right="1134" w:bottom="1463" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="400"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CC569F1" w14:textId="77777777" w:rsidR="00DD1F6C" w:rsidRDefault="00DD1F6C" w:rsidP="00001106">
+    <w:p w14:paraId="67315B21" w14:textId="77777777" w:rsidR="004322A4" w:rsidRDefault="004322A4" w:rsidP="00001106">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7ADAD39A" w14:textId="77777777" w:rsidR="00DD1F6C" w:rsidRDefault="00DD1F6C" w:rsidP="00001106">
+    <w:p w14:paraId="7138D73A" w14:textId="77777777" w:rsidR="004322A4" w:rsidRDefault="004322A4" w:rsidP="00001106">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -27502,50 +25299,67 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DINPro-Light">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002AF" w:usb1="4000206A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31C55BDD" w14:textId="680E9EC9" w:rsidR="00605644" w:rsidRDefault="00605644">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13EE6EE5" wp14:editId="29024E42">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
@@ -27870,58 +25684,58 @@
                     </w:pPr>
                     <w:r w:rsidRPr="00605644">
                       <w:rPr>
                         <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
                         <w:noProof/>
                         <w:color w:val="A80000"/>
                       </w:rPr>
                       <w:t xml:space="preserve">OFFICIAL </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38783F4E" w14:textId="77777777" w:rsidR="00DD1F6C" w:rsidRDefault="00DD1F6C" w:rsidP="00001106">
+    <w:p w14:paraId="352A41CD" w14:textId="77777777" w:rsidR="004322A4" w:rsidRDefault="004322A4" w:rsidP="00001106">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35A5662D" w14:textId="77777777" w:rsidR="00DD1F6C" w:rsidRDefault="00DD1F6C" w:rsidP="00001106">
+    <w:p w14:paraId="5D61A8A9" w14:textId="77777777" w:rsidR="004322A4" w:rsidRDefault="004322A4" w:rsidP="00001106">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="63CFB3D5" w14:textId="2446B91A" w:rsidR="00605644" w:rsidRDefault="00605644">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251692032" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4837ECF1" wp14:editId="198DF816">
               <wp:simplePos x="635" y="635"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>center</wp:align>
@@ -29371,50 +27185,276 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7132" w:hanging="356"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8101" w:hanging="356"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="297B05E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A6D829E8"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="890" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1610" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2330" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3050" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4490" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5210" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5930" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6650" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="369E1780"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A34E748A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="394A0676"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6ED4407A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1280" w:hanging="721"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="097983"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -29496,51 +27536,51 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7403" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8423" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="397B571E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="E44CDB28">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="131"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="341A2EB4">
       <w:numFmt w:val="bullet"/>
@@ -29617,51 +27657,51 @@
     <w:lvl w:ilvl="7" w:tplc="ED903B24">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7285" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5B3A49AC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8203" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4276BF08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="59B029D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="830" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="131"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="5F0243E4">
       <w:numFmt w:val="bullet"/>
@@ -29738,51 +27778,51 @@
     <w:lvl w:ilvl="7" w:tplc="C616CAF2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7093" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1952E24E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7987" w:hanging="361"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BB7D9B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="6AF6E890">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="495" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6868B9A4">
@@ -29860,51 +27900,51 @@
     <w:lvl w:ilvl="7" w:tplc="F6363F98">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7177" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="36106D54">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8131" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E7A6B38"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1280" w:hanging="721"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="097983"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -29986,51 +28026,51 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7403" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8423" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52BB1127"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="66CC4056"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1280" w:hanging="721"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="097983"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -30112,51 +28152,51 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7403" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8423" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5449EC80"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="856" w:hanging="721"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="856" w:hanging="721"/>
       </w:pPr>
       <w:rPr>
@@ -30244,51 +28284,51 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7132" w:hanging="356"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8101" w:hanging="356"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59AC57EB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1280" w:hanging="721"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="097983"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
@@ -30370,51 +28410,51 @@
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7403" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8423" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A913270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F4C80C6"/>
     <w:lvl w:ilvl="0" w:tplc="CE24BC92">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="3.2.%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -30459,51 +28499,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DB93EE7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1280" w:hanging="721"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:color w:val="097983"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
@@ -30555,51 +28595,51 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6383" w:hanging="567"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7403" w:hanging="567"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8423" w:hanging="567"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FB55E1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B97C435C"/>
     <w:lvl w:ilvl="0" w:tplc="8CBA23FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="BulletPoint10pt"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -30703,116 +28743,123 @@
   <w:num w:numId="4" w16cid:durableId="780997593">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1156611321">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1194617658">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="554439318">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1709640766">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="633296454">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1035930951">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1609972712">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1204368688">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2112893330">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1038508387">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="862986147">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="658655215">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1294285038">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="124349684">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1138720188">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1021856663">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="105078186">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1260603394">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="279580576">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1883515553">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="967010848">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1423332444">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="625966960">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="27"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3"/>
     <w:lvlOverride w:ilvl="4"/>
     <w:lvlOverride w:ilvl="5"/>
     <w:lvlOverride w:ilvl="6"/>
     <w:lvlOverride w:ilvl="7"/>
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
+  <w:num w:numId="28" w16cid:durableId="42096239">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="842822889">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="126"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="200"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -30847,53 +28894,55 @@
     <w:rsid w:val="001B7793"/>
     <w:rsid w:val="001C0EFE"/>
     <w:rsid w:val="001C5666"/>
     <w:rsid w:val="001F7A48"/>
     <w:rsid w:val="002077F9"/>
     <w:rsid w:val="00215915"/>
     <w:rsid w:val="00217F89"/>
     <w:rsid w:val="002718DF"/>
     <w:rsid w:val="00277244"/>
     <w:rsid w:val="002A3ECE"/>
     <w:rsid w:val="002B380E"/>
     <w:rsid w:val="002B43B3"/>
     <w:rsid w:val="002B4DF8"/>
     <w:rsid w:val="002B6C4D"/>
     <w:rsid w:val="002D0664"/>
     <w:rsid w:val="002D3191"/>
     <w:rsid w:val="002D6208"/>
     <w:rsid w:val="002E3736"/>
     <w:rsid w:val="002E5253"/>
     <w:rsid w:val="002F1892"/>
     <w:rsid w:val="00350546"/>
     <w:rsid w:val="00380C97"/>
     <w:rsid w:val="003A7448"/>
     <w:rsid w:val="003B11CF"/>
     <w:rsid w:val="003C0539"/>
+    <w:rsid w:val="003C0F8D"/>
     <w:rsid w:val="003C5628"/>
     <w:rsid w:val="003E4949"/>
     <w:rsid w:val="003F005C"/>
+    <w:rsid w:val="004322A4"/>
     <w:rsid w:val="004463B5"/>
     <w:rsid w:val="0045259F"/>
     <w:rsid w:val="0045645F"/>
     <w:rsid w:val="0046038C"/>
     <w:rsid w:val="00461AEA"/>
     <w:rsid w:val="00467A90"/>
     <w:rsid w:val="00472312"/>
     <w:rsid w:val="00476141"/>
     <w:rsid w:val="004B21AD"/>
     <w:rsid w:val="004E432F"/>
     <w:rsid w:val="004F6B24"/>
     <w:rsid w:val="00501F62"/>
     <w:rsid w:val="0052368D"/>
     <w:rsid w:val="00527FBB"/>
     <w:rsid w:val="0054193D"/>
     <w:rsid w:val="00562655"/>
     <w:rsid w:val="005711C9"/>
     <w:rsid w:val="00571539"/>
     <w:rsid w:val="00573CB3"/>
     <w:rsid w:val="005759A7"/>
     <w:rsid w:val="00577CCC"/>
     <w:rsid w:val="00582242"/>
     <w:rsid w:val="005A0D79"/>
     <w:rsid w:val="005A7F15"/>
     <w:rsid w:val="005C23E8"/>
@@ -30911,133 +28960,145 @@
     <w:rsid w:val="006B4986"/>
     <w:rsid w:val="006B7930"/>
     <w:rsid w:val="006D1BD3"/>
     <w:rsid w:val="00732E55"/>
     <w:rsid w:val="007404BC"/>
     <w:rsid w:val="007418BA"/>
     <w:rsid w:val="00747B4A"/>
     <w:rsid w:val="00763396"/>
     <w:rsid w:val="0078450C"/>
     <w:rsid w:val="007A10F9"/>
     <w:rsid w:val="007B0416"/>
     <w:rsid w:val="007C119F"/>
     <w:rsid w:val="007D110E"/>
     <w:rsid w:val="007D534D"/>
     <w:rsid w:val="007D6C59"/>
     <w:rsid w:val="007E06CF"/>
     <w:rsid w:val="007E5DB4"/>
     <w:rsid w:val="007F2F54"/>
     <w:rsid w:val="007F441C"/>
     <w:rsid w:val="00802A79"/>
     <w:rsid w:val="00855719"/>
     <w:rsid w:val="00867CE7"/>
     <w:rsid w:val="00884270"/>
     <w:rsid w:val="00886096"/>
     <w:rsid w:val="008C4D53"/>
+    <w:rsid w:val="008F0AC3"/>
     <w:rsid w:val="009566A2"/>
     <w:rsid w:val="00960CF1"/>
     <w:rsid w:val="00980A78"/>
     <w:rsid w:val="00982A61"/>
     <w:rsid w:val="009869E8"/>
     <w:rsid w:val="00993450"/>
     <w:rsid w:val="009A2079"/>
     <w:rsid w:val="009B7547"/>
     <w:rsid w:val="009C2233"/>
     <w:rsid w:val="009C3CA9"/>
     <w:rsid w:val="009C7B1E"/>
     <w:rsid w:val="009D379E"/>
     <w:rsid w:val="009D63BD"/>
     <w:rsid w:val="009D7E62"/>
     <w:rsid w:val="009F4804"/>
     <w:rsid w:val="00A47720"/>
     <w:rsid w:val="00A47F20"/>
+    <w:rsid w:val="00A525A9"/>
     <w:rsid w:val="00A570C1"/>
     <w:rsid w:val="00A614AF"/>
     <w:rsid w:val="00A707FD"/>
     <w:rsid w:val="00A868DC"/>
     <w:rsid w:val="00AC002A"/>
     <w:rsid w:val="00AC27AA"/>
     <w:rsid w:val="00AC6E53"/>
     <w:rsid w:val="00B12A59"/>
     <w:rsid w:val="00B20DC8"/>
+    <w:rsid w:val="00B2472A"/>
     <w:rsid w:val="00B41A3E"/>
     <w:rsid w:val="00B44174"/>
+    <w:rsid w:val="00B53AA4"/>
     <w:rsid w:val="00B80E6C"/>
     <w:rsid w:val="00B8529F"/>
     <w:rsid w:val="00B943FE"/>
     <w:rsid w:val="00BA21DC"/>
     <w:rsid w:val="00BE0CFE"/>
     <w:rsid w:val="00C16441"/>
     <w:rsid w:val="00C37A25"/>
     <w:rsid w:val="00C42C1A"/>
     <w:rsid w:val="00C52468"/>
+    <w:rsid w:val="00C712CB"/>
     <w:rsid w:val="00C7651E"/>
     <w:rsid w:val="00C82CBF"/>
     <w:rsid w:val="00C82ECB"/>
     <w:rsid w:val="00C91A97"/>
     <w:rsid w:val="00C938C4"/>
     <w:rsid w:val="00C9437A"/>
+    <w:rsid w:val="00CA5069"/>
+    <w:rsid w:val="00CB3EDC"/>
     <w:rsid w:val="00CB59C6"/>
     <w:rsid w:val="00CC342A"/>
     <w:rsid w:val="00CD2F4E"/>
     <w:rsid w:val="00CE6AF3"/>
+    <w:rsid w:val="00CF08F5"/>
     <w:rsid w:val="00D027A9"/>
     <w:rsid w:val="00D03281"/>
     <w:rsid w:val="00D426FB"/>
     <w:rsid w:val="00D433CD"/>
+    <w:rsid w:val="00D56477"/>
     <w:rsid w:val="00D67A94"/>
     <w:rsid w:val="00D740E6"/>
     <w:rsid w:val="00D82E95"/>
     <w:rsid w:val="00DB04E5"/>
     <w:rsid w:val="00DB1776"/>
     <w:rsid w:val="00DC4546"/>
     <w:rsid w:val="00DC63A0"/>
     <w:rsid w:val="00DD1F6C"/>
     <w:rsid w:val="00DD5850"/>
     <w:rsid w:val="00DE2006"/>
     <w:rsid w:val="00DF7BAA"/>
     <w:rsid w:val="00E017C7"/>
     <w:rsid w:val="00E13687"/>
     <w:rsid w:val="00E26300"/>
     <w:rsid w:val="00E35166"/>
     <w:rsid w:val="00E37F47"/>
     <w:rsid w:val="00E45FB9"/>
     <w:rsid w:val="00E531BE"/>
     <w:rsid w:val="00E605C4"/>
     <w:rsid w:val="00E70934"/>
+    <w:rsid w:val="00E70EFA"/>
     <w:rsid w:val="00E77E65"/>
     <w:rsid w:val="00E80387"/>
     <w:rsid w:val="00E93690"/>
+    <w:rsid w:val="00E95EB7"/>
     <w:rsid w:val="00EA79D8"/>
     <w:rsid w:val="00ED3C23"/>
     <w:rsid w:val="00F1517B"/>
     <w:rsid w:val="00F247C9"/>
     <w:rsid w:val="00F308C3"/>
     <w:rsid w:val="00F3554B"/>
     <w:rsid w:val="00F37150"/>
     <w:rsid w:val="00F40B9E"/>
     <w:rsid w:val="00F439B1"/>
+    <w:rsid w:val="00F630D1"/>
     <w:rsid w:val="00F6354F"/>
     <w:rsid w:val="00F758A1"/>
     <w:rsid w:val="00F80D83"/>
     <w:rsid w:val="00F940EE"/>
     <w:rsid w:val="00F95B90"/>
     <w:rsid w:val="00FB0573"/>
     <w:rsid w:val="00FB486A"/>
     <w:rsid w:val="00FF48F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
@@ -31225,51 +29286,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -31653,51 +29714,51 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletPoint10pt">
     <w:name w:val="Bullet Point 10pt"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:qFormat/>
     <w:rsid w:val="007E5DB4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="280" w:lineRule="exact"/>
       <w:ind w:left="284" w:hanging="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-AU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00577CCC"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00022CDB"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00022CDB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
@@ -31793,50 +29854,70 @@
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="009A2079"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:ind w:left="110"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00CA5069"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="MS Mincho" w:cs="DINPro-Light"/>
+      <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="378166586">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1383561335">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -32121,70 +30202,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009374E51658E7E64988E8F1A2A599D816" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="07a0fbcda7d2c8cc4aedc4b9b5a7c5be">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="390d3d28-9204-4314-9658-6ac120a27f1a" xmlns:ns3="e42dcdc4-c8d2-4b29-beb8-f8f12f561294" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a83006ac287e399d1caa880b47460dd7" ns2:_="" ns3:_="">
     <xsd:import namespace="390d3d28-9204-4314-9658-6ac120a27f1a"/>
     <xsd:import namespace="e42dcdc4-c8d2-4b29-beb8-f8f12f561294"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -32389,136 +30450,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="390d3d28-9204-4314-9658-6ac120a27f1a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="e42dcdc4-c8d2-4b29-beb8-f8f12f561294" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34689752-4508-4602-A7CF-387BEB21CDEF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="390d3d28-9204-4314-9658-6ac120a27f1a"/>
     <ds:schemaRef ds:uri="e42dcdc4-c8d2-4b29-beb8-f8f12f561294"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{039BF05C-B8F3-9E4B-A5B0-5E7CFB0A30FA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F4E1FF0-F561-4D77-A41A-4108C549403A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="390d3d28-9204-4314-9658-6ac120a27f1a"/>
+    <ds:schemaRef ds:uri="e42dcdc4-c8d2-4b29-beb8-f8f12f561294"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A42A942-99C4-43AD-B3BA-B10BC219EEE3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>3364</Words>
-  <Characters>19176</Characters>
+  <Words>3464</Words>
+  <Characters>18997</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>159</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>418</Lines>
+  <Paragraphs>172</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Motiv Design</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22496</CharactersWithSpaces>
+  <CharactersWithSpaces>22348</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Davis, Peter (DIS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
     <vt:lpwstr>46633490,62ea23f5,328154ef</vt:lpwstr>