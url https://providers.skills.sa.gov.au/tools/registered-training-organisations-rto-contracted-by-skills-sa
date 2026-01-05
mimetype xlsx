--- v0 (2025-10-15)
+++ v1 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\millers.SAG006\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\CYTUXCQJ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\ISD_SSA ContractManage\Client Service Officer\List of RTOs Contracted by Skills SA\Templates and Work Instructions\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2F13F3B1-82E8-45AB-918F-227300A157DD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{BD7BD962-8D4F-4F0D-9664-29836C995190}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="33045" yWindow="-675" windowWidth="34620" windowHeight="15855" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="42930" yWindow="-2025" windowWidth="36285" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Contracted RTOs - 14102025" sheetId="1" r:id="rId1"/>
+    <sheet name="Contracted RTOs - 16122025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Contracted RTOs - 14102025'!$A$2:$C$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Contracted RTOs - 16122025'!$A$2:$C$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="334">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="332">
   <si>
     <t>Legal name</t>
   </si>
   <si>
     <t>Trading name</t>
   </si>
   <si>
     <t>Registered training organisations (RTO) contracted by Skills SA</t>
   </si>
   <si>
     <t>RTO code</t>
   </si>
   <si>
     <t>4 UP SKILLING PTY. LTD.</t>
   </si>
   <si>
     <t>4 Up Skilling Pty Ltd</t>
   </si>
   <si>
     <t>5 Star Training &amp; Consulting Pty Ltd</t>
   </si>
   <si>
     <t>Aboriginal Health Council of South Australia Limited</t>
   </si>
   <si>
@@ -223,801 +223,795 @@
   <si>
     <t>Logan Workforce Solutions Pty Ltd</t>
   </si>
   <si>
     <t>Australian Employment and Training Services</t>
   </si>
   <si>
     <t>AUSTRALIAN INSTITUTE OF ENGINEERING PTY LTD</t>
   </si>
   <si>
     <t>Australian Institute of Engineering</t>
   </si>
   <si>
     <t>RELATIONSHIPS AUSTRALIA SOUTH AUSTRALIA LIMITED</t>
   </si>
   <si>
     <t>Australian Institute of Social Relations</t>
   </si>
   <si>
     <t>Technology Transfer International (Australia) Pty Ltd</t>
   </si>
   <si>
     <t>Australian Institute of Technology Transfer</t>
   </si>
   <si>
+    <t>Australian Institute of Work-Integrated Education and Research Pty Ltd</t>
+  </si>
+  <si>
     <t>Grounding Solutions International Pty Ltd</t>
   </si>
   <si>
     <t>Australian Institution of Sciences</t>
   </si>
   <si>
     <t>Australian Fisheries Academy Ltd</t>
   </si>
   <si>
     <t>AUSTRALIAN MARITIME AND FISHERIES ACADEMY</t>
   </si>
   <si>
     <t>Australian Nursing &amp; Midwifery Federation (SA Branch)</t>
   </si>
   <si>
     <t>Australian Golf Course Superintendents Association</t>
   </si>
   <si>
     <t>Australian Sports Turf Managers Association</t>
   </si>
   <si>
     <t>AUSTRALIAN TEACHERS OF DANCING LIMITED</t>
   </si>
   <si>
     <t>Australian Workplace Training Pty Ltd</t>
   </si>
   <si>
     <t>AUSTRALIAN WORKPLACE TRAINING</t>
   </si>
   <si>
     <t>AVIATION AUSTRALIA PTY LTD</t>
   </si>
   <si>
     <t>Aviation Australia</t>
   </si>
   <si>
     <t>AXIOM COMPLIANCE NEWCASTLE PTY LTD</t>
   </si>
   <si>
     <t>Axiom Compliance Learning</t>
   </si>
   <si>
     <t>Bendigo Kangan Institute</t>
   </si>
   <si>
     <t>Bendigo TAFE Hair, Beauty and Barbering Spa Centre / Kangan / Kangan Institute / AVIATION INDUSTRY TRAINING CENTRE / VETASSESS / RESTAURANT 18EIGHTYSEVEN / LOTUS HAIR AND BEAUTY AT BENDIGO TAFE / EWORKS / AUSTRALIAN AUTOMOTIVE CENTRE OF EXCELLENCE / BENDIGO REGIONAL INSTITUTE OF TAFE</t>
   </si>
   <si>
-    <t>Heather Langton Pty Ltd</t>
-[...2 lines deleted...]
-    <t>Bower Training and Education</t>
+    <t>North East Development Agency Inc</t>
+  </si>
+  <si>
+    <t>Building Technology Institute South Australia / North East Vocational College</t>
+  </si>
+  <si>
+    <t>PARAGON COLLEGE PTY LTD</t>
+  </si>
+  <si>
+    <t>CARE EDUCATION AUSTRALIA (CEA) / Care Training Institute</t>
+  </si>
+  <si>
+    <t>Carey Training Pty Ltd</t>
+  </si>
+  <si>
+    <t>Carey Training Pty Ltd / AWC TRAINING</t>
+  </si>
+  <si>
+    <t>Catholic Church Endowment Society Inc</t>
+  </si>
+  <si>
+    <t>Celtic Training and Consultancy Pty Ltd</t>
+  </si>
+  <si>
+    <t>Celtic Training</t>
+  </si>
+  <si>
+    <t>Centre for Excellence in Rail Training Pty Ltd</t>
+  </si>
+  <si>
+    <t>CERT Training / Centre for Excellence in Rail Training Pty Ltd / Centre For Excellence in Rail Training</t>
+  </si>
+  <si>
+    <t>Child Care Services Training Australia Pty Ltd</t>
+  </si>
+  <si>
+    <t>Child Care Services Training</t>
+  </si>
+  <si>
+    <t>Academic &amp; Vocational Training Pty Limited</t>
+  </si>
+  <si>
+    <t>CHILLINGWORTH TRAINING INSTITUTE / Academic &amp; Vocational Training Pty Ltd / ACADEMIC &amp; VOCATIONAL TRAINING</t>
+  </si>
+  <si>
+    <t>CHM Alliance Pty Ltd</t>
+  </si>
+  <si>
+    <t>Civil Contractors Federation South Australia Ltd</t>
+  </si>
+  <si>
+    <t>Civil Train Western Australia / TRAINsa / Mining Train / Civil Train NT / Civil Train South Australia / CIVIL TRAIN SA</t>
+  </si>
+  <si>
+    <t>Clip Joint Academy of Hairdressing Pty Ltd as trustee for the Clip Joint Academy Unit Trust</t>
+  </si>
+  <si>
+    <t>CLIP JOINT SCHOOL OF HAIRDRESSING / CLIP JOINT ACADEMY OF HAIRDRESSING / ACADEMY CLIP JOINT OF HAIRDRESSING</t>
+  </si>
+  <si>
+    <t>Colour Cosmetica Academy Pty Ltd</t>
+  </si>
+  <si>
+    <t>Licensed Club Industry Training Foundation Inc.</t>
+  </si>
+  <si>
+    <t>Complete Hospitality Training Skills</t>
+  </si>
+  <si>
+    <t>Ramsden Telecommunications Training Pty Ltd</t>
+  </si>
+  <si>
+    <t>Comtech Training / Comtech Group</t>
+  </si>
+  <si>
+    <t>CONNECT'N'GROW PTY LTD</t>
+  </si>
+  <si>
+    <t>CONNECT'N'GROW</t>
+  </si>
+  <si>
+    <t>Construction Industry Training Centre Inc</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION INDUSTRY TRAINING CENTREINCORPORATED / Construction Industry Training Centre Incorporated</t>
+  </si>
+  <si>
+    <t>Cornerstone Learning and Development Pty Ltd</t>
+  </si>
+  <si>
+    <t>Yullen Pty Ltd</t>
+  </si>
+  <si>
+    <t>Courtesy Driving School</t>
+  </si>
+  <si>
+    <t>Alan Bartlett Consulting Pty Ltd</t>
+  </si>
+  <si>
+    <t>DATA AWARE / ABC Fitness Training / abc fitness training / ABC Training and Consulting / ABC Training &amp; Consulting</t>
+  </si>
+  <si>
+    <t>Deaf Services Limited</t>
+  </si>
+  <si>
+    <t>DEAF CONNECT / Access Training &amp; Education</t>
+  </si>
+  <si>
+    <t>D P TRAINING PTY LTD</t>
+  </si>
+  <si>
+    <t>Developing Personnel Training &amp; Consultancy</t>
+  </si>
+  <si>
+    <t>The Fourth Force Pty Ltd</t>
+  </si>
+  <si>
+    <t>Drakes Enterprise Training</t>
+  </si>
+  <si>
+    <t>Education IT Solutions Pty Ltd</t>
+  </si>
+  <si>
+    <t>Education My Way / Applied Education</t>
+  </si>
+  <si>
+    <t>Education Training &amp; Employment Australia Pty. Ltd.</t>
+  </si>
+  <si>
+    <t>Education Training &amp; Employment Australia</t>
+  </si>
+  <si>
+    <t>NATIONAL INSTITUTE OF EXCELLENCE PTY LTD</t>
+  </si>
+  <si>
+    <t>EINSTITUTE</t>
+  </si>
+  <si>
+    <t>ELC Training Australia Pty Ltd</t>
+  </si>
+  <si>
+    <t>ELEGANT BEAUTY HAIR &amp; NAIL COLLEGE PTY LTD</t>
+  </si>
+  <si>
+    <t>Employ-Ease Pty Ltd</t>
+  </si>
+  <si>
+    <t>EMPLOY-EASE PTY LTD / Employ-Ease Pty Ltd</t>
+  </si>
+  <si>
+    <t>Enable Consultation Services Pty Ltd</t>
+  </si>
+  <si>
+    <t>Enable College</t>
+  </si>
+  <si>
+    <t>Hessel Pty Ltd</t>
+  </si>
+  <si>
+    <t>Enhance Training</t>
+  </si>
+  <si>
+    <t>BPG Pty Ltd</t>
+  </si>
+  <si>
+    <t>Entry Education</t>
+  </si>
+  <si>
+    <t>EQUALS International (Aust) Pty Ltd</t>
+  </si>
+  <si>
+    <t>EQUALS International</t>
+  </si>
+  <si>
+    <t>Excellent Accounts Pty Ltd</t>
+  </si>
+  <si>
+    <t>FIT College Pty Ltd</t>
+  </si>
+  <si>
+    <t>FC Education / FIT College Pty Ltd / FIT College</t>
+  </si>
+  <si>
+    <t>FCIA Training Academy Pty Ltd</t>
+  </si>
+  <si>
+    <t>Flexible Construction Training and Assessment Pty Ltd</t>
+  </si>
+  <si>
+    <t>FCTA-BUILDING CAREERS</t>
+  </si>
+  <si>
+    <t>Fire &amp; Rescue Australia Training Pty Ltd</t>
+  </si>
+  <si>
+    <t>Fire Industry Training Pty. Ltd.</t>
+  </si>
+  <si>
+    <t>Fire Industry Training Pty. Ltd. / FIT TRAINING FOR BUSINESS</t>
+  </si>
+  <si>
+    <t>Flexible Training Solutions Pty Ltd</t>
+  </si>
+  <si>
+    <t>Flight One Education Pty Ltd</t>
+  </si>
+  <si>
+    <t>FLIGHT ONE SCHOOL OF ENGINEERING / Australian College of Aviation / ICAT Aviation College / Flight One Academy</t>
+  </si>
+  <si>
+    <t>Karingal St Laurence Limited</t>
+  </si>
+  <si>
+    <t>genU training</t>
+  </si>
+  <si>
+    <t>Global Training Institute Pty Ltd</t>
+  </si>
+  <si>
+    <t>Hamilton Secondary College</t>
+  </si>
+  <si>
+    <t>Health &amp; Safety Advisory Service Pty Ltd</t>
+  </si>
+  <si>
+    <t>Health and Safety Advisory Service Pty Ltd</t>
+  </si>
+  <si>
+    <t>Health Industry Training Pty Ltd</t>
+  </si>
+  <si>
+    <t>Health Training and Consulting / Health Industry Training and Consulting / Executive Institute of Leadership and Management / Health Industry Training Queensland / Health Industry Training</t>
+  </si>
+  <si>
+    <t>Healthy Business Training Academy Pty Ltd</t>
+  </si>
+  <si>
+    <t>Healthy Business Training Academy</t>
+  </si>
+  <si>
+    <t>Housing Industry Association Ltd</t>
+  </si>
+  <si>
+    <t>HIA Learning / Housing Industry Association Ltd</t>
+  </si>
+  <si>
+    <t>HITsa Training and Employment Pty Ltd</t>
+  </si>
+  <si>
+    <t>HITsa</t>
+  </si>
+  <si>
+    <t>Independent Institute - IIFP Pty Ltd</t>
+  </si>
+  <si>
+    <t>Independent Institute of Food Processing</t>
+  </si>
+  <si>
+    <t>Integrity Business College Australasia Pty Ltd</t>
+  </si>
+  <si>
+    <t>INTEGRITY BUSINESS COLLEGE AUSTRALASIA PTY LTD</t>
+  </si>
+  <si>
+    <t>Adelaide Institute of Business and Technology Pty Ltd</t>
+  </si>
+  <si>
+    <t>Intensive English Language Centre / Adelaide Technical College / Adelaide School of Music / Adelaide International School of Music / Adelaide Chinese School / AIBT College / Adelaide Institute of Business and Technology Pty Ltd / Adelaide Institute of Business and Technology</t>
+  </si>
+  <si>
+    <t>Integrated Training Solutions (Aust) Pty Ltd</t>
+  </si>
+  <si>
+    <t>Intercare Training / Integrated Training Solutions (Aust) Pty Ltd</t>
+  </si>
+  <si>
+    <t>Interlink Technology Services Pty Ltd</t>
+  </si>
+  <si>
+    <t>DYNAMIC LEARNING SERVICES PTY LTD</t>
+  </si>
+  <si>
+    <t>Into Training NSW / C21 Academy / DYNAMIC LEARNING SERVICES</t>
+  </si>
+  <si>
+    <t>Imperial Education Group Pty Ltd</t>
+  </si>
+  <si>
+    <t>Ironwood Institute / Imperial College of Trades</t>
+  </si>
+  <si>
+    <t>Irrigation Australia Ltd</t>
+  </si>
+  <si>
+    <t>Irrigation Training Australia</t>
+  </si>
+  <si>
+    <t>Institute of Training and Further Education Pty Ltd</t>
+  </si>
+  <si>
+    <t>iTFE / Work Health Safety Training Australia / Summer School Training Australia / Child Care Institute of Australia / Aged Care Training Australia / Institute of Training and Further Education / First Aid Training Australia / HOSPITALITY TRAINING AUSTRALIA</t>
+  </si>
+  <si>
+    <t>JB Hunter Technology Pty Ltd</t>
+  </si>
+  <si>
+    <t>J B Hunter Academy / JBHXR / JB Hunter / J B HUNTER TECHNOLOGY / J B Hunter</t>
+  </si>
+  <si>
+    <t>Jabin Hopkins Pty Ltd</t>
+  </si>
+  <si>
+    <t>Jabin Hopkins Institute of Technology</t>
+  </si>
+  <si>
+    <t>JBS AUSTRALIA PTY LIMITED</t>
+  </si>
+  <si>
+    <t>Industrial Resolution Australia Pty Ltd</t>
+  </si>
+  <si>
+    <t>Key Institute / Key Recruitment Australia / Key Institute of Training and Education / INDUSTRIAL RESOLUTION AUSTRALIA PTY LTD</t>
+  </si>
+  <si>
+    <t>KKTC EDUCATION PTY LTD</t>
+  </si>
+  <si>
+    <t>KKTC</t>
+  </si>
+  <si>
+    <t>Leadership Management Australia Pty Ltd</t>
+  </si>
+  <si>
+    <t>Leadership Management Australia / THINK PERFORM</t>
+  </si>
+  <si>
+    <t>Limestone Coast Work Options Incorporated</t>
+  </si>
+  <si>
+    <t>LIMESTONE COAST TRAINING</t>
+  </si>
+  <si>
+    <t>Logging Investigation and Training Association Inc</t>
+  </si>
+  <si>
+    <t>LITA Training</t>
+  </si>
+  <si>
+    <t>LTT Group Pty Ltd</t>
+  </si>
+  <si>
+    <t>MADEC Australia</t>
+  </si>
+  <si>
+    <t>MADEC Community College</t>
+  </si>
+  <si>
+    <t>Tactile Learning Centre Pty Ltd</t>
+  </si>
+  <si>
+    <t>Manufacturing Training Australia / Leather Training Australia / Tactile Learning / Simpli.edu.au / Tactile Learning Centre</t>
+  </si>
+  <si>
+    <t>Marden Senior College</t>
+  </si>
+  <si>
+    <t>Mayfield Education Inc</t>
+  </si>
+  <si>
+    <t>MCC Adelaide PTY LTD</t>
+  </si>
+  <si>
+    <t>VocTrain Pty Ltd</t>
+  </si>
+  <si>
+    <t>MECHANIST / VocTrain / Quality Automotive Training</t>
+  </si>
+  <si>
+    <t>Media Make Up Academy &amp; Agency Pty Ltd</t>
+  </si>
+  <si>
+    <t>Media Makeup International / Media Makeup Academy / Media Make Up Academy</t>
+  </si>
+  <si>
+    <t>Medical Administration Training Pty Ltd</t>
+  </si>
+  <si>
+    <t>Melbourne Polytechnic</t>
+  </si>
+  <si>
+    <t>Melbourne Polytechnic / Northern Melbourne Institute of TAFE</t>
+  </si>
+  <si>
+    <t>Melbourne Tech Institute Pty Ltd</t>
+  </si>
+  <si>
+    <t>Milcom Communications Pty Ltd</t>
+  </si>
+  <si>
+    <t>Milcom Institute</t>
+  </si>
+  <si>
+    <t>Minda Inc</t>
+  </si>
+  <si>
+    <t>The MTA Group Training Scheme Inc</t>
+  </si>
+  <si>
+    <t>MTA Training and Employment / THE MTA GROUP TRAINING SCHEMME INC</t>
+  </si>
+  <si>
+    <t>Cardijn College</t>
+  </si>
+  <si>
+    <t>MTC Training</t>
+  </si>
+  <si>
+    <t>D and C Healey Pty Ltd</t>
+  </si>
+  <si>
+    <t>my training centre / Australian Food Training Centre / AFTC Training</t>
+  </si>
+  <si>
+    <t>Golf Education Australia Pty Ltd</t>
+  </si>
+  <si>
+    <t>national academy of music / ELIZABETH ACADEMY OF MUSIC / Australian College of Sport / Australian College of Sport</t>
+  </si>
+  <si>
+    <t>Master Painters Decorators &amp; Signwriters' Association of Queensland Union of Employers</t>
+  </si>
+  <si>
+    <t>National Institute of Construction Skills</t>
+  </si>
+  <si>
+    <t>National Skills Institute Pty Ltd</t>
+  </si>
+  <si>
+    <t>Natwide Personnel Pty Ltd as the trustee for Natwide Unit Trust</t>
+  </si>
+  <si>
+    <t>Natwide Training Australia</t>
+  </si>
+  <si>
+    <t>Norgrove Training Pty Ltd</t>
+  </si>
+  <si>
+    <t>FITEC Australia Pty Ltd</t>
+  </si>
+  <si>
+    <t>NTHA Training</t>
+  </si>
+  <si>
+    <t>Nunkuwarrin Yunti of South Australia Inc</t>
+  </si>
+  <si>
+    <t>YourLife Health &amp; Learning Inc</t>
+  </si>
+  <si>
+    <t>Open Colleges School of Health</t>
+  </si>
+  <si>
+    <t>ORANGE VOCATIONAL EDUCATION AND TRAINING PTY LTD</t>
+  </si>
+  <si>
+    <t>Opportune Professional Development</t>
+  </si>
+  <si>
+    <t>Outsource Institute of Technology Pty Ltd</t>
+  </si>
+  <si>
+    <t>OUTSOURCE INSTITUTE OF TECHNOLOGY / Outsource Institute (AUS) / Outsource Institute of Technology (NSW)</t>
+  </si>
+  <si>
+    <t>Parlour Hairdressing Academy Pty Ltd</t>
+  </si>
+  <si>
+    <t>Parlour Hair Academy</t>
+  </si>
+  <si>
+    <t>PEER Education Employment &amp; Training Ltd</t>
+  </si>
+  <si>
+    <t>Eighty9 Limited</t>
+  </si>
+  <si>
+    <t>Pivot Training</t>
+  </si>
+  <si>
+    <t>School of Engineering Australia Pty Ltd</t>
+  </si>
+  <si>
+    <t>PMV Training / School of Engineering in Australia / Project Management Vision</t>
+  </si>
+  <si>
+    <t>Humanagement Pty Ltd</t>
+  </si>
+  <si>
+    <t>Print Training Australia / Humanagers</t>
+  </si>
+  <si>
+    <t>South West Institute of TAFE</t>
+  </si>
+  <si>
+    <t>PURE Academy / South West Disability Services / Food Lab South West / South West Skills and Jobs Centre / Meat Training Australia / South West TAFE / South West Institute of TAFE</t>
+  </si>
+  <si>
+    <t>Malekhu Investments Pty Ltd</t>
+  </si>
+  <si>
+    <t>Q Learning / Queensford College</t>
+  </si>
+  <si>
+    <t>EDGE WORKFORCE PTY LTD</t>
+  </si>
+  <si>
+    <t>Qualify / Edge Workforce</t>
+  </si>
+  <si>
+    <t>The Quality Training and Hospitality College Pty Ltd</t>
+  </si>
+  <si>
+    <t>Quality College of Australia</t>
+  </si>
+  <si>
+    <t>Racing Queensland Board</t>
+  </si>
+  <si>
+    <t>Racing College Queensland / Racing Queensland</t>
+  </si>
+  <si>
+    <t>Real Estate Training Academy Pty Ltd</t>
+  </si>
+  <si>
+    <t>Red Earth Training Solutions Pty Ltd</t>
+  </si>
+  <si>
+    <t>Red Earth Training Solutions Pty Ltd / Red Earth Training Solutions</t>
+  </si>
+  <si>
+    <t>Skills Training And Placement People Inc</t>
+  </si>
+  <si>
+    <t>Rexcel Training</t>
+  </si>
+  <si>
+    <t>Royal Life Saving Society Australia South Australian Branch Inc</t>
+  </si>
+  <si>
+    <t>Royal Life Saving SA Recycling / ROYAL LIFE SAVING SOCIETY AUSTRALIA SOUTH AUSTRALIA BRANCH INC</t>
+  </si>
+  <si>
+    <t>RTV Consultancy Pty Ltd</t>
+  </si>
+  <si>
+    <t>RTV Training</t>
+  </si>
+  <si>
+    <t>Kreate Pty Ltd</t>
+  </si>
+  <si>
+    <t>RURALBIZ TRAINING / KREATE</t>
+  </si>
+  <si>
+    <t>Spark Infrastructure SA Pty Ltd [No. 1, 2, 3], CKI Utilities Development Limited, PAI Utilities Development Limited</t>
+  </si>
+  <si>
+    <t>SA Power Networks</t>
+  </si>
+  <si>
+    <t>SALFORD COLLEGE PTY LTD</t>
+  </si>
+  <si>
+    <t>SALFORD COLLEGE OF BUSINESS AND HOSPITALITY / Salford College</t>
+  </si>
+  <si>
+    <t>SCAA Shearer Woolhandler Training Inc</t>
+  </si>
+  <si>
+    <t>Scope Training Australia Pty Ltd</t>
+  </si>
+  <si>
+    <t>Scope Training</t>
+  </si>
+  <si>
+    <t>SG Learning and Development Pty Ltd</t>
+  </si>
+  <si>
+    <t>GEM College of International Business (Australia) Pty Ltd</t>
+  </si>
+  <si>
+    <t>SILVER SERVICE CARE / WOW! Institute / FOOD PROCESSORS / ECO-ACADEMY / SCORPION TRAINING SOLUTIONS / Digital Marketing Academy / Workright Australia / Workright Australia</t>
+  </si>
+  <si>
+    <t>Skillinvest Limited</t>
+  </si>
+  <si>
+    <t>Skillinvest / Longerenong College</t>
+  </si>
+  <si>
+    <t>Skills Lab Pty Ltd</t>
+  </si>
+  <si>
+    <t>Skills Lab Pty Ltd / Skills Lab</t>
+  </si>
+  <si>
+    <t>Southern Cross Education Institute Pty Ltd</t>
+  </si>
+  <si>
+    <t>Southern Cross Education Institute</t>
+  </si>
+  <si>
+    <t>Southern Solutions - Training Services Pty Ltd</t>
+  </si>
+  <si>
+    <t>Sportsready Education Pty Ltd as trustee for the Sportsready Education Unit Trust</t>
+  </si>
+  <si>
+    <t>SportsReady Education / X-Seed Education and Development / X-Seed Education &amp; Development</t>
+  </si>
+  <si>
+    <t>Strategix Training Group Pty Ltd</t>
+  </si>
+  <si>
+    <t>Strategix Training / Strategix Academy</t>
+  </si>
+  <si>
+    <t>Sureway Skills Training Pty Ltd</t>
+  </si>
+  <si>
+    <t>The Suzan Johnston Organization (Aust) Pty Ltd</t>
+  </si>
+  <si>
+    <t>SUZAN JOHNSTON AUSTRALIA / SUZAN JOHNSTON TRAINING ORGANIZATION / THE SUZAN JOHNSTON ORGANIZATION AUST PTY LTD</t>
+  </si>
+  <si>
+    <t>SWANN INTERNATIONAL PTY LTD</t>
+  </si>
+  <si>
+    <t>Swann College</t>
+  </si>
+  <si>
+    <t>SYC Ltd</t>
+  </si>
+  <si>
+    <t>Technical and Further Education Commission</t>
+  </si>
+  <si>
+    <t>TAFE NSW</t>
+  </si>
+  <si>
+    <t>TAFE Queensland</t>
+  </si>
+  <si>
+    <t>TAFE QUEENSLAND</t>
+  </si>
+  <si>
+    <t>TAFE SA</t>
+  </si>
+  <si>
+    <t>TAFE SA English Language Services / Australian Arts and Design Academy / Sustainable Industries Education Centre / Regency International Centre / Mining, Engineering and Transport Centre / Mining Engineering and Transport Centre / Adelaide English Language Services / Adelaide English Language Centre / ADELAIDE COLLEGE OF THE ARTS / Adelaide College of Arts / TAFE South Australia / TAFE S</t>
+  </si>
+  <si>
+    <t>Taronga Conservation Society Australia</t>
+  </si>
+  <si>
+    <t>Taronga Training Institute</t>
+  </si>
+  <si>
+    <t>Tauondi Aboriginal Corporation</t>
+  </si>
+  <si>
+    <t>Tauondi Aboriginal College / TAUONDI INCORPORATED</t>
+  </si>
+  <si>
+    <t>Kym Steer Pty Ltd</t>
+  </si>
+  <si>
+    <t>Team Solutions Training</t>
+  </si>
+  <si>
+    <t>The Academy of Interactive Entertainment Ltd</t>
+  </si>
+  <si>
+    <t>COTHER CONSULTING PTY LTD</t>
+  </si>
+  <si>
+    <t>THE ACTION LEARNING INSTITUTE / Action Learning Institute</t>
+  </si>
+  <si>
+    <t>The Centre for People Development Pty Ltd</t>
   </si>
   <si>
     <t>The Da'Vange Group Pty Ltd</t>
-  </si>
-[...694 lines deleted...]
-    <t>The Centre for People Development Pty Ltd</t>
   </si>
   <si>
     <t>The French Beauty Academy Pty Ltd</t>
   </si>
   <si>
     <t>The French Academy of Beauty / GCTA Pty Ltd / GCTA</t>
   </si>
   <si>
     <t>Think: Colleges Pty Ltd</t>
   </si>
   <si>
     <t>The Practice Wellbeing Centre / William Blue College of Hospitality Management  / Southern School of Natural Therapies  / Jansen Newman Institute / CATC Design School  / Billy Blue College of Design  / Australian National College of Beauty  / Australasian College of Natural Therapies  / APM College of Business &amp; Communication  / Think Education / THINK EDUCATION / William Blue Colleg</t>
   </si>
   <si>
     <t>Thebarton Senior College</t>
   </si>
   <si>
     <t>THE THEBARTON SENIOR COLLEGE</t>
   </si>
   <si>
     <t>TIME Education and Training Pty Ltd</t>
   </si>
   <si>
     <t>Total Training Solutions Adelaide Pty Ltd</t>
   </si>
@@ -1178,51 +1172,50 @@
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -1981,52 +1974,52 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A117" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B201" sqref="B201"/>
+      <pane ySplit="2" topLeftCell="A171" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="83.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="113.85546875" style="7" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="8" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="2" customFormat="1" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3"/>
     </row>
     <row r="2" spans="1:3" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
@@ -2045,120 +2038,120 @@
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="8">
         <v>91664</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="8">
         <v>40142</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C6" s="8">
         <v>91070</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="8">
         <v>40358</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
         <v>48</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>49</v>
       </c>
       <c r="C8" s="8">
         <v>45068</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C9" s="8">
         <v>40312</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="8">
         <v>40852</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="8">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C12" s="8">
         <v>5800</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="8">
         <v>1007</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="8">
         <v>40688</v>
@@ -2254,1912 +2247,1912 @@
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="8">
         <v>5404</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="7" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="8">
         <v>1441</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C25" s="8">
         <v>649</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C26" s="8">
         <v>46011</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="7" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="8">
         <v>45356</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="7" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B28" s="7" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="C28" s="8">
-        <v>40064</v>
+        <v>46175</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="7" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B29" s="7" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C29" s="8">
-        <v>31624</v>
+        <v>40064</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C30" s="8">
-        <v>40037</v>
+        <v>31624</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B31" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="B31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="8">
-        <v>30770</v>
+        <v>40037</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B32" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="B32" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="8">
-        <v>40918</v>
+        <v>30770</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B33" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="B33" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="8">
-        <v>3077</v>
+        <v>40918</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="7" t="s">
-        <v>136</v>
+        <v>77</v>
       </c>
       <c r="B34" s="7" t="s">
-        <v>137</v>
+        <v>78</v>
       </c>
       <c r="C34" s="8">
-        <v>41529</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="7" t="s">
-        <v>220</v>
+        <v>133</v>
       </c>
       <c r="B35" s="7" t="s">
-        <v>221</v>
+        <v>134</v>
       </c>
       <c r="C35" s="8">
-        <v>40354</v>
+        <v>41529</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>216</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>19</v>
+        <v>217</v>
       </c>
       <c r="C36" s="8">
-        <v>40138</v>
+        <v>40354</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
-        <v>86</v>
+        <v>18</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="C37" s="8">
-        <v>140100</v>
+        <v>40138</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="7" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C38" s="8">
-        <v>1004</v>
+        <v>140100</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="7" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C39" s="8">
-        <v>40179</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="7" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="C40" s="8">
-        <v>51333</v>
+        <v>40179</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="7" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="C41" s="8">
-        <v>40201</v>
+        <v>51333</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A42" s="7" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="C42" s="8">
-        <v>31503</v>
+        <v>40201</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C43" s="8">
-        <v>45621</v>
+        <v>31503</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A44" s="7" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="C44" s="8">
-        <v>186</v>
+        <v>45621</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A45" s="7" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C45" s="8">
-        <v>40055</v>
+        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A46" s="7" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="C46" s="8">
-        <v>21884</v>
+        <v>40055</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="7" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>108</v>
+        <v>21</v>
       </c>
       <c r="C47" s="8">
-        <v>40518</v>
+        <v>21884</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="7" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C48" s="8">
-        <v>647</v>
+        <v>40518</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A49" s="7" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C49" s="8">
-        <v>45250</v>
+        <v>647</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A50" s="7" t="s">
-        <v>310</v>
+        <v>108</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>311</v>
+        <v>108</v>
       </c>
       <c r="C50" s="8">
-        <v>40676</v>
+        <v>45250</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A51" s="7" t="s">
-        <v>222</v>
+        <v>307</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>223</v>
+        <v>308</v>
       </c>
       <c r="C51" s="8">
-        <v>40094</v>
+        <v>40676</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A52" s="7" t="s">
-        <v>118</v>
+        <v>218</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>119</v>
+        <v>219</v>
       </c>
       <c r="C52" s="8">
-        <v>31888</v>
+        <v>40094</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A53" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="B53" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="B53" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="8">
-        <v>41192</v>
+        <v>31888</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A54" s="7" t="s">
-        <v>176</v>
+        <v>113</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>177</v>
+        <v>114</v>
       </c>
       <c r="C54" s="8">
-        <v>40467</v>
+        <v>41192</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A55" s="7" t="s">
-        <v>251</v>
+        <v>172</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>252</v>
+        <v>173</v>
       </c>
       <c r="C55" s="8">
-        <v>41114</v>
+        <v>40467</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A56" s="7" t="s">
-        <v>122</v>
+        <v>250</v>
       </c>
       <c r="B56" s="7" t="s">
-        <v>123</v>
+        <v>251</v>
       </c>
       <c r="C56" s="8">
-        <v>52240</v>
+        <v>41114</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A57" s="7" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="C57" s="8">
-        <v>5089</v>
+        <v>52240</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A58" s="7" t="s">
-        <v>241</v>
+        <v>121</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>242</v>
+        <v>122</v>
       </c>
       <c r="C58" s="8">
-        <v>46089</v>
+        <v>5089</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A59" s="7" t="s">
-        <v>128</v>
+        <v>240</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>128</v>
+        <v>241</v>
       </c>
       <c r="C59" s="8">
-        <v>45839</v>
+        <v>46089</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A60" s="7" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C60" s="8">
-        <v>91726</v>
+        <v>45839</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A61" s="7" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C61" s="8">
-        <v>6832</v>
+        <v>91726</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A62" s="7" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="C62" s="8">
-        <v>4849</v>
+        <v>6832</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A63" s="7" t="s">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="C63" s="8">
-        <v>3492</v>
+        <v>4849</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A64" s="7" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C64" s="8">
-        <v>52010</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A65" s="7" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="B65" s="7" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="C65" s="8">
-        <v>45668</v>
+        <v>52010</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A66" s="7" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C66" s="8">
-        <v>4321</v>
+        <v>45668</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A67" s="7" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B67" s="7" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="C67" s="8">
-        <v>22101</v>
+        <v>4321</v>
       </c>
     </row>
     <row r="68" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A68" s="7" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B68" s="7" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C68" s="8">
-        <v>31903</v>
+        <v>22101</v>
       </c>
     </row>
     <row r="69" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A69" s="7" t="s">
-        <v>229</v>
+        <v>138</v>
       </c>
       <c r="B69" s="7" t="s">
-        <v>230</v>
+        <v>139</v>
       </c>
       <c r="C69" s="8">
-        <v>5343</v>
+        <v>31903</v>
       </c>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A70" s="7" t="s">
-        <v>144</v>
+        <v>228</v>
       </c>
       <c r="B70" s="7" t="s">
-        <v>145</v>
+        <v>229</v>
       </c>
       <c r="C70" s="8">
-        <v>40057</v>
+        <v>5343</v>
       </c>
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A71" s="7" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="B71" s="7" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="C71" s="8">
-        <v>6333</v>
+        <v>40057</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A72" s="7" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C72" s="8">
-        <v>45165</v>
+        <v>6333</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A73" s="7" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B73" s="7" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C73" s="8">
-        <v>40344</v>
+        <v>45165</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A74" s="7" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="B74" s="7" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="C74" s="8">
         <v>366</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A75" s="7" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B75" s="7" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C75" s="8">
         <v>31192</v>
       </c>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A76" s="7" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C76" s="8">
         <v>40254</v>
       </c>
     </row>
     <row r="77" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A77" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B77" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C77" s="8">
         <v>45269</v>
       </c>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A78" s="7" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B78" s="7" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C78" s="8">
         <v>561</v>
       </c>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A79" s="7" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B79" s="7" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C79" s="8">
         <v>91141</v>
       </c>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A80" s="7" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B80" s="7" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C80" s="8">
         <v>32145</v>
       </c>
     </row>
     <row r="81" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A81" s="7" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B81" s="7" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C81" s="8">
         <v>30831</v>
       </c>
     </row>
     <row r="82" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A82" s="7" t="s">
-        <v>78</v>
+        <v>131</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>79</v>
+        <v>132</v>
       </c>
       <c r="C82" s="8">
-        <v>80</v>
+        <v>40387</v>
       </c>
     </row>
     <row r="83" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A83" s="7" t="s">
-        <v>134</v>
+        <v>161</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>135</v>
+        <v>162</v>
       </c>
       <c r="C83" s="8">
-        <v>40387</v>
+        <v>40200</v>
       </c>
     </row>
     <row r="84" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A84" s="7" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="C84" s="8">
-        <v>40200</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="85" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A85" s="7" t="s">
-        <v>163</v>
+        <v>244</v>
       </c>
       <c r="B85" s="7" t="s">
-        <v>164</v>
+        <v>245</v>
       </c>
       <c r="C85" s="8">
-        <v>1091</v>
+        <v>40122</v>
       </c>
     </row>
     <row r="86" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A86" s="7" t="s">
-        <v>245</v>
+        <v>174</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>246</v>
+        <v>175</v>
       </c>
       <c r="C86" s="8">
-        <v>40122</v>
+        <v>40287</v>
       </c>
     </row>
     <row r="87" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A87" s="7" t="s">
-        <v>178</v>
+        <v>163</v>
       </c>
       <c r="B87" s="7" t="s">
-        <v>179</v>
+        <v>164</v>
       </c>
       <c r="C87" s="8">
-        <v>40287</v>
+        <v>40123</v>
       </c>
     </row>
     <row r="88" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A88" s="7" t="s">
-        <v>167</v>
+        <v>185</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>168</v>
+        <v>186</v>
       </c>
       <c r="C88" s="8">
-        <v>40123</v>
+        <v>20855</v>
       </c>
     </row>
     <row r="89" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A89" s="7" t="s">
-        <v>189</v>
+        <v>327</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>190</v>
+        <v>328</v>
       </c>
       <c r="C89" s="8">
-        <v>20855</v>
+        <v>70227</v>
       </c>
     </row>
     <row r="90" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A90" s="7" t="s">
-        <v>329</v>
+        <v>178</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>330</v>
+        <v>179</v>
       </c>
       <c r="C90" s="8">
-        <v>70227</v>
+        <v>6372</v>
       </c>
     </row>
     <row r="91" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A91" s="7" t="s">
-        <v>182</v>
+        <v>169</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>183</v>
+        <v>170</v>
       </c>
       <c r="C91" s="8">
-        <v>6372</v>
+        <v>21099</v>
       </c>
     </row>
     <row r="92" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A92" s="7" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="C92" s="8">
-        <v>21099</v>
+        <v>21739</v>
       </c>
     </row>
     <row r="93" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A93" s="7" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C93" s="8">
-        <v>21739</v>
+        <v>31926</v>
       </c>
     </row>
     <row r="94" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A94" s="7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C94" s="8">
-        <v>31926</v>
+        <v>91313</v>
       </c>
     </row>
     <row r="95" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A95" s="7" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C95" s="8">
-        <v>91313</v>
+        <v>40345</v>
       </c>
     </row>
     <row r="96" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A96" s="7" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="C96" s="8">
-        <v>40345</v>
+        <v>90277</v>
       </c>
     </row>
     <row r="97" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A97" s="7" t="s">
         <v>184</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="C97" s="8">
-        <v>90277</v>
+        <v>45465</v>
       </c>
     </row>
     <row r="98" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A98" s="7" t="s">
-        <v>188</v>
+        <v>149</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>188</v>
+        <v>150</v>
       </c>
       <c r="C98" s="8">
-        <v>45465</v>
+        <v>5553</v>
       </c>
     </row>
     <row r="99" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A99" s="7" t="s">
-        <v>153</v>
+        <v>187</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="C99" s="8">
-        <v>5553</v>
+        <v>40636</v>
       </c>
     </row>
     <row r="100" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A100" s="7" t="s">
-        <v>191</v>
+        <v>265</v>
       </c>
       <c r="B100" s="7" t="s">
-        <v>192</v>
+        <v>266</v>
       </c>
       <c r="C100" s="8">
-        <v>40636</v>
+        <v>90782</v>
       </c>
     </row>
     <row r="101" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A101" s="7" t="s">
-        <v>266</v>
+        <v>304</v>
       </c>
       <c r="B101" s="7" t="s">
-        <v>267</v>
+        <v>305</v>
       </c>
       <c r="C101" s="8">
-        <v>90782</v>
+        <v>40281</v>
       </c>
     </row>
     <row r="102" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A102" s="7" t="s">
-        <v>307</v>
+        <v>189</v>
       </c>
       <c r="B102" s="7" t="s">
-        <v>308</v>
+        <v>190</v>
       </c>
       <c r="C102" s="8">
-        <v>40281</v>
+        <v>3908</v>
       </c>
     </row>
     <row r="103" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A103" s="7" t="s">
-        <v>193</v>
+        <v>100</v>
       </c>
       <c r="B103" s="7" t="s">
-        <v>194</v>
+        <v>101</v>
       </c>
       <c r="C103" s="8">
-        <v>3908</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="104" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A104" s="7" t="s">
-        <v>103</v>
+        <v>191</v>
       </c>
       <c r="B104" s="7" t="s">
-        <v>104</v>
+        <v>192</v>
       </c>
       <c r="C104" s="8">
-        <v>1050</v>
+        <v>40376</v>
       </c>
     </row>
     <row r="105" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A105" s="7" t="s">
-        <v>197</v>
+        <v>54</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>198</v>
+        <v>55</v>
       </c>
       <c r="C105" s="8">
-        <v>40376</v>
+        <v>32054</v>
       </c>
     </row>
     <row r="106" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A106" s="7" t="s">
-        <v>54</v>
+        <v>193</v>
       </c>
       <c r="B106" s="7" t="s">
-        <v>55</v>
+        <v>194</v>
       </c>
       <c r="C106" s="8">
-        <v>32054</v>
+        <v>577</v>
       </c>
     </row>
     <row r="107" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A107" s="7" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="B107" s="7" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C107" s="8">
-        <v>577</v>
+        <v>51621</v>
       </c>
     </row>
     <row r="108" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A108" s="7" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="B108" s="7" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C108" s="8">
-        <v>51621</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="109" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A109" s="7" t="s">
-        <v>202</v>
+        <v>248</v>
       </c>
       <c r="B109" s="7" t="s">
-        <v>203</v>
+        <v>249</v>
       </c>
       <c r="C109" s="8">
-        <v>3957</v>
+        <v>31736</v>
       </c>
     </row>
     <row r="110" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A110" s="7" t="s">
-        <v>249</v>
+        <v>24</v>
       </c>
       <c r="B110" s="7" t="s">
-        <v>250</v>
+        <v>25</v>
       </c>
       <c r="C110" s="8">
-        <v>31736</v>
+        <v>41070</v>
       </c>
     </row>
     <row r="111" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A111" s="7" t="s">
-        <v>24</v>
+        <v>200</v>
       </c>
       <c r="B111" s="7" t="s">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="C111" s="8">
-        <v>41070</v>
+        <v>40046</v>
       </c>
     </row>
     <row r="112" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A112" s="7" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="B112" s="7" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="C112" s="8">
-        <v>40046</v>
+        <v>30048</v>
       </c>
     </row>
     <row r="113" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A113" s="7" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B113" s="7" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C113" s="8">
         <v>3938</v>
       </c>
     </row>
     <row r="114" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A114" s="7" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="B114" s="7" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C114" s="8">
         <v>45628</v>
       </c>
     </row>
     <row r="115" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A115" s="7" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="B115" s="7" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C115" s="8">
         <v>2316</v>
       </c>
     </row>
     <row r="116" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A116" s="7" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="B116" s="7" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C116" s="8">
         <v>31078</v>
       </c>
     </row>
     <row r="117" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A117" s="7" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B117" s="7" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C117" s="8">
         <v>3075</v>
       </c>
     </row>
     <row r="118" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A118" s="7" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B118" s="7" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C118" s="8">
         <v>45799</v>
       </c>
     </row>
     <row r="119" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A119" s="7" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B119" s="7" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C119" s="8">
         <v>45451</v>
       </c>
     </row>
     <row r="120" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A120" s="7" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B120" s="7" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C120" s="8">
         <v>6859</v>
       </c>
     </row>
     <row r="121" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A121" s="7" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B121" s="7" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C121" s="8">
         <v>4881</v>
       </c>
     </row>
     <row r="122" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A122" s="7" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B122" s="7" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C122" s="8">
         <v>41463</v>
       </c>
     </row>
     <row r="123" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A123" s="7" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="B123" s="7" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C123" s="8">
-        <v>40368</v>
+        <v>22528</v>
       </c>
     </row>
     <row r="124" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A124" s="7" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B124" s="7" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C124" s="8">
-        <v>40128</v>
+        <v>40368</v>
       </c>
     </row>
     <row r="125" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A125" s="7" t="s">
-        <v>82</v>
+        <v>227</v>
       </c>
       <c r="B125" s="7" t="s">
-        <v>83</v>
+        <v>227</v>
       </c>
       <c r="C125" s="8">
-        <v>40222</v>
+        <v>40128</v>
       </c>
     </row>
     <row r="126" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A126" s="7" t="s">
-        <v>231</v>
+        <v>79</v>
       </c>
       <c r="B126" s="7" t="s">
-        <v>231</v>
+        <v>80</v>
       </c>
       <c r="C126" s="8">
-        <v>40103</v>
+        <v>40222</v>
       </c>
     </row>
     <row r="127" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A127" s="7" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B127" s="7" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="C127" s="8">
-        <v>60072</v>
+        <v>40103</v>
       </c>
     </row>
     <row r="128" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A128" s="7" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="B128" s="7" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C128" s="8">
-        <v>31560</v>
+        <v>60072</v>
       </c>
     </row>
     <row r="129" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A129" s="7" t="s">
-        <v>84</v>
+        <v>235</v>
       </c>
       <c r="B129" s="7" t="s">
-        <v>85</v>
+        <v>236</v>
       </c>
       <c r="C129" s="8">
-        <v>45787</v>
+        <v>31560</v>
       </c>
     </row>
     <row r="130" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A130" s="7" t="s">
-        <v>238</v>
+        <v>81</v>
       </c>
       <c r="B130" s="7" t="s">
-        <v>239</v>
+        <v>82</v>
       </c>
       <c r="C130" s="8">
-        <v>40377</v>
+        <v>45787</v>
       </c>
     </row>
     <row r="131" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A131" s="7" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="B131" s="7" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C131" s="8">
-        <v>45744</v>
+        <v>40377</v>
       </c>
     </row>
     <row r="132" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A132" s="7" t="s">
-        <v>22</v>
+        <v>239</v>
       </c>
       <c r="B132" s="7" t="s">
-        <v>23</v>
+        <v>239</v>
       </c>
       <c r="C132" s="8">
-        <v>6738</v>
+        <v>45744</v>
       </c>
     </row>
     <row r="133" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A133" s="7" t="s">
-        <v>255</v>
+        <v>22</v>
       </c>
       <c r="B133" s="7" t="s">
-        <v>256</v>
+        <v>23</v>
       </c>
       <c r="C133" s="8">
-        <v>31452</v>
+        <v>6738</v>
       </c>
     </row>
     <row r="134" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A134" s="7" t="s">
-        <v>105</v>
+        <v>254</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>106</v>
+        <v>255</v>
       </c>
       <c r="C134" s="8">
-        <v>90933</v>
+        <v>31452</v>
       </c>
     </row>
     <row r="135" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A135" s="7" t="s">
-        <v>257</v>
+        <v>102</v>
       </c>
       <c r="B135" s="7" t="s">
-        <v>257</v>
+        <v>103</v>
       </c>
       <c r="C135" s="8">
-        <v>41499</v>
+        <v>90933</v>
       </c>
     </row>
     <row r="136" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A136" s="7" t="s">
-        <v>52</v>
+        <v>256</v>
       </c>
       <c r="B136" s="7" t="s">
-        <v>53</v>
+        <v>256</v>
       </c>
       <c r="C136" s="8">
-        <v>91429</v>
+        <v>41499</v>
       </c>
     </row>
     <row r="137" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A137" s="7" t="s">
-        <v>258</v>
+        <v>52</v>
       </c>
       <c r="B137" s="7" t="s">
-        <v>259</v>
+        <v>53</v>
       </c>
       <c r="C137" s="8">
-        <v>40309</v>
+        <v>91429</v>
       </c>
     </row>
     <row r="138" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A138" s="7" t="s">
-        <v>26</v>
+        <v>257</v>
       </c>
       <c r="B138" s="7" t="s">
-        <v>27</v>
+        <v>258</v>
       </c>
       <c r="C138" s="8">
-        <v>140107</v>
+        <v>40309</v>
       </c>
     </row>
     <row r="139" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A139" s="7" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="B139" s="7" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="C139" s="8">
-        <v>102358</v>
+        <v>140107</v>
       </c>
     </row>
     <row r="140" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A140" s="7" t="s">
-        <v>262</v>
+        <v>58</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>263</v>
+        <v>59</v>
       </c>
       <c r="C140" s="8">
-        <v>996</v>
+        <v>102358</v>
       </c>
     </row>
     <row r="141" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A141" s="7" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="B141" s="7" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="C141" s="8">
-        <v>90674</v>
+        <v>996</v>
       </c>
     </row>
     <row r="142" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A142" s="7" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="B142" s="7" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="C142" s="8">
-        <v>40298</v>
+        <v>90674</v>
       </c>
     </row>
     <row r="143" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A143" s="7" t="s">
-        <v>9</v>
+        <v>269</v>
       </c>
       <c r="B143" s="7" t="s">
-        <v>10</v>
+        <v>270</v>
       </c>
       <c r="C143" s="8">
-        <v>32395</v>
+        <v>40298</v>
       </c>
     </row>
     <row r="144" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A144" s="7" t="s">
-        <v>272</v>
+        <v>9</v>
       </c>
       <c r="B144" s="7" t="s">
-        <v>272</v>
+        <v>10</v>
       </c>
       <c r="C144" s="8">
-        <v>4577</v>
+        <v>32395</v>
       </c>
     </row>
     <row r="145" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A145" s="7" t="s">
-        <v>243</v>
+        <v>271</v>
       </c>
       <c r="B145" s="7" t="s">
-        <v>244</v>
+        <v>271</v>
       </c>
       <c r="C145" s="8">
-        <v>51178</v>
+        <v>4577</v>
       </c>
     </row>
     <row r="146" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A146" s="7" t="s">
-        <v>273</v>
+        <v>242</v>
       </c>
       <c r="B146" s="7" t="s">
-        <v>274</v>
+        <v>243</v>
       </c>
       <c r="C146" s="8">
-        <v>52127</v>
+        <v>51178</v>
       </c>
     </row>
     <row r="147" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A147" s="7" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B147" s="7" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C147" s="8">
-        <v>40177</v>
+        <v>52127</v>
       </c>
     </row>
     <row r="148" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A148" s="7" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B148" s="7" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C148" s="8">
-        <v>40277</v>
+        <v>40177</v>
       </c>
     </row>
     <row r="149" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A149" s="7" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B149" s="7" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C149" s="8">
         <v>4192</v>
       </c>
     </row>
     <row r="150" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A150" s="7" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B150" s="7" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C150" s="8">
         <v>45486</v>
       </c>
     </row>
     <row r="151" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A151" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="B151" s="7" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="C151" s="8">
         <v>1044</v>
       </c>
     </row>
     <row r="152" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A152" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="B152" s="7" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C152" s="8">
         <v>3120</v>
       </c>
     </row>
     <row r="153" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A153" s="7" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B153" s="7" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C153" s="8">
         <v>121952</v>
       </c>
     </row>
     <row r="154" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A154" s="7" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B154" s="7" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="C154" s="8">
         <v>40902</v>
       </c>
     </row>
     <row r="155" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A155" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="B155" s="7" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="C155" s="8">
         <v>40170</v>
       </c>
     </row>
     <row r="156" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A156" s="7" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B156" s="7" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C156" s="8">
         <v>22394</v>
       </c>
     </row>
     <row r="157" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A157" s="7" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B157" s="7" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C157" s="8">
         <v>31418</v>
       </c>
     </row>
     <row r="158" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A158" s="7" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B158" s="7" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C158" s="8">
         <v>91058</v>
       </c>
     </row>
     <row r="159" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A159" s="7" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B159" s="7" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C159" s="8">
         <v>45046</v>
       </c>
     </row>
     <row r="160" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A160" s="7" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="B160" s="7" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C160" s="8">
         <v>40053</v>
       </c>
     </row>
     <row r="161" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A161" s="7" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B161" s="7" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C161" s="8">
         <v>30922</v>
       </c>
     </row>
     <row r="162" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A162" s="7" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="B162" s="7" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C162" s="8">
         <v>275</v>
       </c>
     </row>
     <row r="163" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A163" s="7" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="B163" s="7" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C163" s="8">
         <v>41026</v>
       </c>
     </row>
     <row r="164" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A164" s="7" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B164" s="7" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C164" s="8">
         <v>91359</v>
       </c>
     </row>
     <row r="165" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A165" s="7" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B165" s="7" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C165" s="8">
         <v>2370</v>
       </c>
     </row>
     <row r="166" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A166" s="7" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B166" s="7" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C166" s="8">
         <v>90003</v>
       </c>
     </row>
     <row r="167" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A167" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B167" s="7" t="s">
         <v>61</v>
       </c>
       <c r="C167" s="8">
         <v>50834</v>
       </c>
     </row>
     <row r="168" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A168" s="7" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B168" s="7" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C168" s="8">
         <v>88021</v>
       </c>
     </row>
     <row r="169" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A169" s="7" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B169" s="7" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C169" s="8">
         <v>40038</v>
       </c>
     </row>
     <row r="170" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A170" s="7" t="s">
-        <v>80</v>
+        <v>310</v>
       </c>
       <c r="B170" s="7" t="s">
-        <v>81</v>
+        <v>310</v>
       </c>
       <c r="C170" s="8">
         <v>45241</v>
       </c>
     </row>
     <row r="171" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A171" s="7" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B171" s="7" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C171" s="8">
         <v>40119</v>
       </c>
     </row>
     <row r="172" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A172" s="7" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B172" s="7" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C172" s="8">
         <v>32220</v>
       </c>
     </row>
     <row r="173" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A173" s="7" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B173" s="7" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C173" s="8">
         <v>2293</v>
       </c>
     </row>
     <row r="174" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A174" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B174" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C174" s="8">
         <v>452</v>
       </c>
     </row>
     <row r="175" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A175" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="B175" s="7" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="C175" s="8">
         <v>1036</v>
       </c>
     </row>
     <row r="176" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A176" s="7" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B176" s="7" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C176" s="8">
         <v>170</v>
       </c>
     </row>
     <row r="177" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A177" s="7" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B177" s="7" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C177" s="8">
         <v>40117</v>
       </c>
     </row>
     <row r="178" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A178" s="7" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B178" s="7" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C178" s="8">
         <v>269</v>
       </c>
     </row>
     <row r="179" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A179" s="7" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="B179" s="7" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C179" s="8">
         <v>40058</v>
       </c>
     </row>
     <row r="180" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A180" s="7" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="B180" s="7" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="C180" s="8">
         <v>41373</v>
       </c>
     </row>
     <row r="181" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A181" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B181" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C181" s="8">
         <v>91007</v>
       </c>
     </row>
     <row r="182" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A182" s="7" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="B182" s="7" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C182" s="8">
         <v>20891</v>
       </c>
     </row>
     <row r="183" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A183" s="7" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="B183" s="7" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C183" s="8">
         <v>6855</v>
       </c>
     </row>
     <row r="184" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A184" s="7" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="B184" s="7" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C184" s="8">
         <v>40374</v>
       </c>
     </row>
     <row r="185" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A185" s="7" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B185" s="7" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C185" s="8">
         <v>6194</v>
       </c>
     </row>
     <row r="186" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A186" s="7" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B186" s="7" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C186" s="8">
         <v>21622</v>
       </c>
     </row>
     <row r="187" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A187" s="7" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B187" s="7" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C187" s="8">
         <v>3045</v>
       </c>
     </row>
     <row r="188" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A188" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B188" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C188" s="8">
         <v>6653</v>
       </c>
     </row>
     <row r="189" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A189" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="B189" s="7" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="C189" s="8">
         <v>40049</v>
       </c>
     </row>
     <row r="190" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A190" s="7" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B190" s="7" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C190" s="8">
         <v>40246</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:C2" xr:uid="{00000000-0009-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C190">
       <sortCondition ref="A2"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial"&amp;12&amp;KA80000 OFFICIAL&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" contentBits="3" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Contracted RTOs - 14102025</vt:lpstr>
+      <vt:lpstr>Contracted RTOs - 16122025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Grid Export Data</dc:title>
   <dc:creator>Peter Kennedy</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Skills for All Contracts</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Source">