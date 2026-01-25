--- v1 (2026-01-05)
+++ v2 (2026-01-25)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\ISD_SSA ContractManage\Client Service Officer\List of RTOs Contracted by Skills SA\Templates and Work Instructions\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{BD7BD962-8D4F-4F0D-9664-29836C995190}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4FAE8889-065C-491F-8679-F18470727553}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="42930" yWindow="-2025" windowWidth="36285" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="42405" yWindow="315" windowWidth="34605" windowHeight="14040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Contracted RTOs - 16122025" sheetId="1" r:id="rId1"/>
+    <sheet name="Contracted RTOs - 20012026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Contracted RTOs - 16122025'!$A$2:$C$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Contracted RTOs - 20012026'!$A$2:$C$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="332">
   <si>
     <t>Legal name</t>
   </si>
   <si>
     <t>Trading name</t>
@@ -160,75 +160,69 @@
   <si>
     <t>ARBORLEC PTY LTD</t>
   </si>
   <si>
     <t>Arbtrack Australia</t>
   </si>
   <si>
     <t>Train Australia Pty Ltd</t>
   </si>
   <si>
     <t>ARC Training</t>
   </si>
   <si>
     <t>ARO Educational Services Pty Ltd</t>
   </si>
   <si>
     <t>ARO COLLEGE</t>
   </si>
   <si>
     <t>ASC Training &amp; Development Pty Ltd</t>
   </si>
   <si>
     <t>ASC Training &amp; Development</t>
   </si>
   <si>
-    <t>Asset Training Australia Pty Ltd</t>
-[...4 lines deleted...]
-  <si>
     <t>Adelaide Training and Employment Centre Inc</t>
   </si>
   <si>
     <t>ATEC - Group Training / ATEC - ADELAIDE TRAINING &amp; EMPLOYMENT CENTRE</t>
   </si>
   <si>
     <t>AUCTUS Consulting Pty Ltd</t>
   </si>
   <si>
     <t>Auctus Training Institute / Auctus Training &amp; Education / Auctus Business Training and Consulting</t>
   </si>
   <si>
     <t>AUS-MEAT Limited</t>
   </si>
   <si>
     <t>ACOD PTY. LTD.</t>
   </si>
   <si>
-    <t>AUSTRALASIAN COLLEGE OF AUDIOMETRY</t>
+    <t>Australasian College of Optical Dispensing / AUSTRALASIAN COLLEGE OF AUDIOMETRY</t>
   </si>
   <si>
     <t>Australian Adelaide International College Pty Ltd</t>
   </si>
   <si>
     <t>Australian Child Care Career Options (ACCCO) Pty Ltd</t>
   </si>
   <si>
     <t>Recognition First Pty Ltd</t>
   </si>
   <si>
     <t>Australian Early Childhood College / Recognition First</t>
   </si>
   <si>
     <t>Logan Workforce Solutions Pty Ltd</t>
   </si>
   <si>
     <t>Australian Employment and Training Services</t>
   </si>
   <si>
     <t>AUSTRALIAN INSTITUTE OF ENGINEERING PTY LTD</t>
   </si>
   <si>
     <t>Australian Institute of Engineering</t>
   </si>
@@ -595,57 +589,57 @@
   <si>
     <t>Institute of Training and Further Education Pty Ltd</t>
   </si>
   <si>
     <t>iTFE / Work Health Safety Training Australia / Summer School Training Australia / Child Care Institute of Australia / Aged Care Training Australia / Institute of Training and Further Education / First Aid Training Australia / HOSPITALITY TRAINING AUSTRALIA</t>
   </si>
   <si>
     <t>JB Hunter Technology Pty Ltd</t>
   </si>
   <si>
     <t>J B Hunter Academy / JBHXR / JB Hunter / J B HUNTER TECHNOLOGY / J B Hunter</t>
   </si>
   <si>
     <t>Jabin Hopkins Pty Ltd</t>
   </si>
   <si>
     <t>Jabin Hopkins Institute of Technology</t>
   </si>
   <si>
     <t>JBS AUSTRALIA PTY LIMITED</t>
   </si>
   <si>
     <t>Industrial Resolution Australia Pty Ltd</t>
   </si>
   <si>
-    <t>Key Institute / Key Recruitment Australia / Key Institute of Training and Education / INDUSTRIAL RESOLUTION AUSTRALIA PTY LTD</t>
+    <t>Key Institute / Key Institute of Training and Education / INDUSTRIAL RESOLUTION AUSTRALIA PTY LTD</t>
   </si>
   <si>
     <t>KKTC EDUCATION PTY LTD</t>
   </si>
   <si>
-    <t>KKTC</t>
+    <t>KKTC Education / KKTC</t>
   </si>
   <si>
     <t>Leadership Management Australia Pty Ltd</t>
   </si>
   <si>
     <t>Leadership Management Australia / THINK PERFORM</t>
   </si>
   <si>
     <t>Limestone Coast Work Options Incorporated</t>
   </si>
   <si>
     <t>LIMESTONE COAST TRAINING</t>
   </si>
   <si>
     <t>Logging Investigation and Training Association Inc</t>
   </si>
   <si>
     <t>LITA Training</t>
   </si>
   <si>
     <t>LTT Group Pty Ltd</t>
   </si>
   <si>
     <t>MADEC Australia</t>
   </si>
@@ -767,50 +761,56 @@
     <t>Outsource Institute of Technology Pty Ltd</t>
   </si>
   <si>
     <t>OUTSOURCE INSTITUTE OF TECHNOLOGY / Outsource Institute (AUS) / Outsource Institute of Technology (NSW)</t>
   </si>
   <si>
     <t>Parlour Hairdressing Academy Pty Ltd</t>
   </si>
   <si>
     <t>Parlour Hair Academy</t>
   </si>
   <si>
     <t>PEER Education Employment &amp; Training Ltd</t>
   </si>
   <si>
     <t>Eighty9 Limited</t>
   </si>
   <si>
     <t>Pivot Training</t>
   </si>
   <si>
     <t>School of Engineering Australia Pty Ltd</t>
   </si>
   <si>
     <t>PMV Training / School of Engineering in Australia / Project Management Vision</t>
+  </si>
+  <si>
+    <t>Central Job Mart Pty Ltd</t>
+  </si>
+  <si>
+    <t>Practical Training Pathways / CENTRAL JOB MART PTY LTD</t>
   </si>
   <si>
     <t>Humanagement Pty Ltd</t>
   </si>
   <si>
     <t>Print Training Australia / Humanagers</t>
   </si>
   <si>
     <t>South West Institute of TAFE</t>
   </si>
   <si>
     <t>PURE Academy / South West Disability Services / Food Lab South West / South West Skills and Jobs Centre / Meat Training Australia / South West TAFE / South West Institute of TAFE</t>
   </si>
   <si>
     <t>Malekhu Investments Pty Ltd</t>
   </si>
   <si>
     <t>Q Learning / Queensford College</t>
   </si>
   <si>
     <t>EDGE WORKFORCE PTY LTD</t>
   </si>
   <si>
     <t>Qualify / Edge Workforce</t>
   </si>
@@ -1974,52 +1974,52 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A171" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B11" sqref="B11"/>
+      <pane ySplit="2" topLeftCell="A113" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B201" sqref="B201"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="83.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="113.85546875" style="7" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="8" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="2" customFormat="1" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3"/>
     </row>
     <row r="2" spans="1:3" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
@@ -2038,120 +2038,120 @@
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="8">
         <v>91664</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="8">
         <v>40142</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C6" s="8">
         <v>91070</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="8">
         <v>40358</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C8" s="8">
         <v>45068</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C9" s="8">
         <v>40312</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="8">
         <v>40852</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C11" s="8">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C12" s="8">
         <v>5800</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="8">
         <v>1007</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="8">
         <v>40688</v>
@@ -2181,1385 +2181,1385 @@
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="8">
         <v>2353</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="8">
         <v>137</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C19" s="8">
-        <v>31718</v>
+        <v>40879</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="7" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C20" s="8">
-        <v>40879</v>
+        <v>7085</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" s="8">
-        <v>7085</v>
+        <v>40328</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="7" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C22" s="8">
-        <v>40328</v>
+        <v>5404</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="7" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>51</v>
+        <v>14</v>
       </c>
       <c r="C23" s="8">
-        <v>5404</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="7" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="C24" s="8">
-        <v>1441</v>
+        <v>649</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C25" s="8">
-        <v>649</v>
+        <v>46011</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="7" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="C26" s="8">
-        <v>46011</v>
+        <v>45356</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C27" s="8">
-        <v>45356</v>
+        <v>46175</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B28" s="7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C28" s="8">
-        <v>46175</v>
+        <v>40064</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B29" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C29" s="8">
-        <v>40064</v>
+        <v>31624</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" s="7" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>70</v>
       </c>
       <c r="C30" s="8">
-        <v>31624</v>
+        <v>40037</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>72</v>
       </c>
       <c r="C31" s="8">
-        <v>40037</v>
+        <v>30770</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="8">
-        <v>30770</v>
+        <v>40918</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C33" s="8">
-        <v>40918</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="7" t="s">
-        <v>77</v>
+        <v>131</v>
       </c>
       <c r="B34" s="7" t="s">
-        <v>78</v>
+        <v>132</v>
       </c>
       <c r="C34" s="8">
-        <v>3077</v>
+        <v>41529</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="7" t="s">
-        <v>133</v>
+        <v>214</v>
       </c>
       <c r="B35" s="7" t="s">
-        <v>134</v>
+        <v>215</v>
       </c>
       <c r="C35" s="8">
-        <v>41529</v>
+        <v>40354</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="7" t="s">
-        <v>216</v>
+        <v>18</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>217</v>
+        <v>19</v>
       </c>
       <c r="C36" s="8">
-        <v>40354</v>
+        <v>40138</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="C37" s="8">
-        <v>40138</v>
+        <v>140100</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C38" s="8">
-        <v>140100</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="8">
-        <v>1004</v>
+        <v>40179</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="7" t="s">
-        <v>86</v>
+        <v>242</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>87</v>
+        <v>243</v>
       </c>
       <c r="C40" s="8">
-        <v>40179</v>
+        <v>22256</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="7" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C41" s="8">
         <v>51333</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A42" s="7" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C42" s="8">
         <v>40201</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C43" s="8">
         <v>31503</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A44" s="7" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C44" s="8">
         <v>45621</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A45" s="7" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C45" s="8">
         <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A46" s="7" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C46" s="8">
         <v>40055</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B47" s="7" t="s">
         <v>21</v>
       </c>
       <c r="C47" s="8">
         <v>21884</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="7" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C48" s="8">
         <v>40518</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A49" s="7" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C49" s="8">
         <v>647</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A50" s="7" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C50" s="8">
         <v>45250</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A51" s="7" t="s">
         <v>307</v>
       </c>
       <c r="B51" s="7" t="s">
         <v>308</v>
       </c>
       <c r="C51" s="8">
         <v>40676</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A52" s="7" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C52" s="8">
         <v>40094</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A53" s="7" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C53" s="8">
         <v>31888</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A54" s="7" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C54" s="8">
         <v>41192</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A55" s="7" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C55" s="8">
         <v>40467</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A56" s="7" t="s">
         <v>250</v>
       </c>
       <c r="B56" s="7" t="s">
         <v>251</v>
       </c>
       <c r="C56" s="8">
         <v>41114</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A57" s="7" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C57" s="8">
         <v>52240</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A58" s="7" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C58" s="8">
         <v>5089</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A59" s="7" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C59" s="8">
         <v>46089</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A60" s="7" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C60" s="8">
         <v>45839</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A61" s="7" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C61" s="8">
         <v>91726</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A62" s="7" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C62" s="8">
         <v>6832</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A63" s="7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C63" s="8">
         <v>4849</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A64" s="7" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C64" s="8">
         <v>3492</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A65" s="7" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B65" s="7" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C65" s="8">
         <v>52010</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A66" s="7" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C66" s="8">
         <v>45668</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A67" s="7" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B67" s="7" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C67" s="8">
         <v>4321</v>
       </c>
     </row>
     <row r="68" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A68" s="7" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B68" s="7" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C68" s="8">
         <v>22101</v>
       </c>
     </row>
     <row r="69" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A69" s="7" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B69" s="7" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C69" s="8">
         <v>31903</v>
       </c>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A70" s="7" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B70" s="7" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C70" s="8">
         <v>5343</v>
       </c>
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A71" s="7" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B71" s="7" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C71" s="8">
         <v>40057</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A72" s="7" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C72" s="8">
         <v>6333</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A73" s="7" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B73" s="7" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C73" s="8">
         <v>45165</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A74" s="7" t="s">
         <v>275</v>
       </c>
       <c r="B74" s="7" t="s">
         <v>276</v>
       </c>
       <c r="C74" s="8">
         <v>366</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A75" s="7" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B75" s="7" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C75" s="8">
         <v>31192</v>
       </c>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A76" s="7" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C76" s="8">
         <v>40254</v>
       </c>
     </row>
     <row r="77" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A77" s="7" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B77" s="7" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C77" s="8">
         <v>45269</v>
       </c>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A78" s="7" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B78" s="7" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C78" s="8">
         <v>561</v>
       </c>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A79" s="7" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B79" s="7" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C79" s="8">
         <v>91141</v>
       </c>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A80" s="7" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B80" s="7" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C80" s="8">
         <v>32145</v>
       </c>
     </row>
     <row r="81" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A81" s="7" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B81" s="7" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C81" s="8">
         <v>30831</v>
       </c>
     </row>
     <row r="82" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A82" s="7" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C82" s="8">
         <v>40387</v>
       </c>
     </row>
     <row r="83" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A83" s="7" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C83" s="8">
         <v>40200</v>
       </c>
     </row>
     <row r="84" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A84" s="7" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C84" s="8">
         <v>1091</v>
       </c>
     </row>
     <row r="85" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A85" s="7" t="s">
         <v>244</v>
       </c>
       <c r="B85" s="7" t="s">
         <v>245</v>
       </c>
       <c r="C85" s="8">
         <v>40122</v>
       </c>
     </row>
     <row r="86" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A86" s="7" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C86" s="8">
         <v>40287</v>
       </c>
     </row>
     <row r="87" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A87" s="7" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B87" s="7" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C87" s="8">
         <v>40123</v>
       </c>
     </row>
     <row r="88" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A88" s="7" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C88" s="8">
         <v>20855</v>
       </c>
     </row>
     <row r="89" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A89" s="7" t="s">
         <v>327</v>
       </c>
       <c r="B89" s="7" t="s">
         <v>328</v>
       </c>
       <c r="C89" s="8">
         <v>70227</v>
       </c>
     </row>
     <row r="90" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A90" s="7" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C90" s="8">
         <v>6372</v>
       </c>
     </row>
     <row r="91" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A91" s="7" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C91" s="8">
         <v>21099</v>
       </c>
     </row>
     <row r="92" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A92" s="7" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C92" s="8">
         <v>21739</v>
       </c>
     </row>
     <row r="93" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A93" s="7" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C93" s="8">
         <v>31926</v>
       </c>
     </row>
     <row r="94" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A94" s="7" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C94" s="8">
         <v>91313</v>
       </c>
     </row>
     <row r="95" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A95" s="7" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C95" s="8">
         <v>40345</v>
       </c>
     </row>
     <row r="96" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A96" s="7" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C96" s="8">
         <v>90277</v>
       </c>
     </row>
     <row r="97" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A97" s="7" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C97" s="8">
         <v>45465</v>
       </c>
     </row>
     <row r="98" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A98" s="7" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C98" s="8">
         <v>5553</v>
       </c>
     </row>
     <row r="99" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A99" s="7" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C99" s="8">
         <v>40636</v>
       </c>
     </row>
     <row r="100" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A100" s="7" t="s">
         <v>265</v>
       </c>
       <c r="B100" s="7" t="s">
         <v>266</v>
       </c>
       <c r="C100" s="8">
         <v>90782</v>
       </c>
     </row>
     <row r="101" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A101" s="7" t="s">
         <v>304</v>
       </c>
       <c r="B101" s="7" t="s">
         <v>305</v>
       </c>
       <c r="C101" s="8">
         <v>40281</v>
       </c>
     </row>
     <row r="102" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A102" s="7" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B102" s="7" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C102" s="8">
         <v>3908</v>
       </c>
     </row>
     <row r="103" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A103" s="7" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B103" s="7" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C103" s="8">
         <v>1050</v>
       </c>
     </row>
     <row r="104" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A104" s="7" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B104" s="7" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C104" s="8">
         <v>40376</v>
       </c>
     </row>
     <row r="105" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A105" s="7" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C105" s="8">
         <v>32054</v>
       </c>
     </row>
     <row r="106" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A106" s="7" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B106" s="7" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C106" s="8">
         <v>577</v>
       </c>
     </row>
     <row r="107" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A107" s="7" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B107" s="7" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C107" s="8">
         <v>51621</v>
       </c>
     </row>
     <row r="108" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A108" s="7" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B108" s="7" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C108" s="8">
         <v>3957</v>
       </c>
     </row>
     <row r="109" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A109" s="7" t="s">
         <v>248</v>
       </c>
       <c r="B109" s="7" t="s">
         <v>249</v>
       </c>
       <c r="C109" s="8">
         <v>31736</v>
       </c>
     </row>
     <row r="110" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A110" s="7" t="s">
         <v>24</v>
       </c>
       <c r="B110" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C110" s="8">
         <v>41070</v>
       </c>
     </row>
     <row r="111" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A111" s="7" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B111" s="7" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C111" s="8">
         <v>40046</v>
       </c>
     </row>
     <row r="112" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A112" s="7" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B112" s="7" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C112" s="8">
         <v>30048</v>
       </c>
     </row>
     <row r="113" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A113" s="7" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B113" s="7" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C113" s="8">
         <v>3938</v>
       </c>
     </row>
     <row r="114" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A114" s="7" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B114" s="7" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C114" s="8">
         <v>45628</v>
       </c>
     </row>
     <row r="115" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A115" s="7" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B115" s="7" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C115" s="8">
         <v>2316</v>
       </c>
     </row>
     <row r="116" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A116" s="7" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B116" s="7" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C116" s="8">
         <v>31078</v>
       </c>
     </row>
     <row r="117" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A117" s="7" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B117" s="7" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C117" s="8">
         <v>3075</v>
       </c>
     </row>
     <row r="118" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A118" s="7" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B118" s="7" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="C118" s="8">
         <v>45799</v>
       </c>
     </row>
     <row r="119" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A119" s="7" t="s">
         <v>323</v>
       </c>
       <c r="B119" s="7" t="s">
         <v>324</v>
       </c>
       <c r="C119" s="8">
         <v>45451</v>
       </c>
     </row>
     <row r="120" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A120" s="7" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B120" s="7" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="C120" s="8">
         <v>6859</v>
       </c>
     </row>
     <row r="121" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A121" s="7" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B121" s="7" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C121" s="8">
         <v>4881</v>
       </c>
     </row>
     <row r="122" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A122" s="7" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B122" s="7" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C122" s="8">
         <v>41463</v>
       </c>
     </row>
     <row r="123" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A123" s="7" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B123" s="7" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="C123" s="8">
         <v>22528</v>
       </c>
     </row>
     <row r="124" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A124" s="7" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B124" s="7" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C124" s="8">
         <v>40368</v>
       </c>
     </row>
     <row r="125" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A125" s="7" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="B125" s="7" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C125" s="8">
         <v>40128</v>
       </c>
     </row>
     <row r="126" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A126" s="7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B126" s="7" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C126" s="8">
         <v>40222</v>
       </c>
     </row>
     <row r="127" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A127" s="7" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B127" s="7" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C127" s="8">
         <v>40103</v>
       </c>
     </row>
     <row r="128" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A128" s="7" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B128" s="7" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C128" s="8">
         <v>60072</v>
       </c>
     </row>
     <row r="129" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A129" s="7" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="B129" s="7" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="C129" s="8">
         <v>31560</v>
       </c>
     </row>
     <row r="130" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A130" s="7" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B130" s="7" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C130" s="8">
         <v>45787</v>
       </c>
     </row>
     <row r="131" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A131" s="7" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="B131" s="7" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C131" s="8">
         <v>40377</v>
       </c>
     </row>
     <row r="132" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A132" s="7" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="B132" s="7" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C132" s="8">
         <v>45744</v>
       </c>
     </row>
     <row r="133" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A133" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B133" s="7" t="s">
         <v>23</v>
       </c>
       <c r="C133" s="8">
         <v>6738</v>
       </c>
     </row>
     <row r="134" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A134" s="7" t="s">
         <v>254</v>
       </c>
       <c r="B134" s="7" t="s">
         <v>255</v>
       </c>
       <c r="C134" s="8">
         <v>31452</v>
       </c>
     </row>
     <row r="135" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A135" s="7" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B135" s="7" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C135" s="8">
         <v>90933</v>
       </c>
     </row>
     <row r="136" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A136" s="7" t="s">
         <v>256</v>
       </c>
       <c r="B136" s="7" t="s">
         <v>256</v>
       </c>
       <c r="C136" s="8">
         <v>41499</v>
       </c>
     </row>
     <row r="137" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A137" s="7" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B137" s="7" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C137" s="8">
         <v>91429</v>
       </c>
     </row>
     <row r="138" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A138" s="7" t="s">
         <v>257</v>
       </c>
       <c r="B138" s="7" t="s">
         <v>258</v>
       </c>
       <c r="C138" s="8">
         <v>40309</v>
       </c>
     </row>
     <row r="139" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A139" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B139" s="7" t="s">
         <v>27</v>
       </c>
       <c r="C139" s="8">
         <v>140107</v>
       </c>
     </row>
     <row r="140" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A140" s="7" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C140" s="8">
         <v>102358</v>
       </c>
     </row>
     <row r="141" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A141" s="7" t="s">
         <v>261</v>
       </c>
       <c r="B141" s="7" t="s">
         <v>262</v>
       </c>
       <c r="C141" s="8">
         <v>996</v>
       </c>
     </row>
     <row r="142" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A142" s="7" t="s">
         <v>263</v>
       </c>
       <c r="B142" s="7" t="s">
         <v>264</v>
       </c>
       <c r="C142" s="8">
         <v>90674</v>
@@ -3578,54 +3578,54 @@
     </row>
     <row r="144" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A144" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B144" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C144" s="8">
         <v>32395</v>
       </c>
     </row>
     <row r="145" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A145" s="7" t="s">
         <v>271</v>
       </c>
       <c r="B145" s="7" t="s">
         <v>271</v>
       </c>
       <c r="C145" s="8">
         <v>4577</v>
       </c>
     </row>
     <row r="146" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A146" s="7" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B146" s="7" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C146" s="8">
         <v>51178</v>
       </c>
     </row>
     <row r="147" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A147" s="7" t="s">
         <v>272</v>
       </c>
       <c r="B147" s="7" t="s">
         <v>273</v>
       </c>
       <c r="C147" s="8">
         <v>52127</v>
       </c>
     </row>
     <row r="148" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A148" s="7" t="s">
         <v>274</v>
       </c>
       <c r="B148" s="7" t="s">
         <v>274</v>
       </c>
       <c r="C148" s="8">
         <v>40177</v>
@@ -3743,54 +3743,54 @@
     </row>
     <row r="159" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A159" s="7" t="s">
         <v>291</v>
       </c>
       <c r="B159" s="7" t="s">
         <v>292</v>
       </c>
       <c r="C159" s="8">
         <v>45046</v>
       </c>
     </row>
     <row r="160" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A160" s="7" t="s">
         <v>293</v>
       </c>
       <c r="B160" s="7" t="s">
         <v>293</v>
       </c>
       <c r="C160" s="8">
         <v>40053</v>
       </c>
     </row>
     <row r="161" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A161" s="7" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="B161" s="7" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C161" s="8">
         <v>30922</v>
       </c>
     </row>
     <row r="162" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A162" s="7" t="s">
         <v>296</v>
       </c>
       <c r="B162" s="7" t="s">
         <v>297</v>
       </c>
       <c r="C162" s="8">
         <v>275</v>
       </c>
     </row>
     <row r="163" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A163" s="7" t="s">
         <v>298</v>
       </c>
       <c r="B163" s="7" t="s">
         <v>299</v>
       </c>
       <c r="C163" s="8">
         <v>41026</v>
@@ -3809,120 +3809,120 @@
     </row>
     <row r="165" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A165" s="7" t="s">
         <v>302</v>
       </c>
       <c r="B165" s="7" t="s">
         <v>303</v>
       </c>
       <c r="C165" s="8">
         <v>2370</v>
       </c>
     </row>
     <row r="166" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A166" s="7" t="s">
         <v>294</v>
       </c>
       <c r="B166" s="7" t="s">
         <v>295</v>
       </c>
       <c r="C166" s="8">
         <v>90003</v>
       </c>
     </row>
     <row r="167" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A167" s="7" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B167" s="7" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C167" s="8">
         <v>50834</v>
       </c>
     </row>
     <row r="168" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A168" s="7" t="s">
         <v>306</v>
       </c>
       <c r="B168" s="7" t="s">
         <v>306</v>
       </c>
       <c r="C168" s="8">
         <v>88021</v>
       </c>
     </row>
     <row r="169" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A169" s="7" t="s">
         <v>309</v>
       </c>
       <c r="B169" s="7" t="s">
         <v>309</v>
       </c>
       <c r="C169" s="8">
         <v>40038</v>
       </c>
     </row>
     <row r="170" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A170" s="7" t="s">
         <v>310</v>
       </c>
       <c r="B170" s="7" t="s">
         <v>310</v>
       </c>
       <c r="C170" s="8">
         <v>45241</v>
       </c>
     </row>
     <row r="171" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A171" s="7" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B171" s="7" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C171" s="8">
         <v>40119</v>
       </c>
     </row>
     <row r="172" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A172" s="7" t="s">
         <v>311</v>
       </c>
       <c r="B172" s="7" t="s">
         <v>312</v>
       </c>
       <c r="C172" s="8">
         <v>32220</v>
       </c>
     </row>
     <row r="173" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A173" s="7" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B173" s="7" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="C173" s="8">
         <v>2293</v>
       </c>
     </row>
     <row r="174" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A174" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B174" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C174" s="8">
         <v>452</v>
       </c>
     </row>
     <row r="175" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A175" s="7" t="s">
         <v>252</v>
       </c>
       <c r="B175" s="7" t="s">
         <v>253</v>
       </c>
       <c r="C175" s="8">
         <v>1036</v>
@@ -4007,152 +4007,152 @@
     </row>
     <row r="183" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A183" s="7" t="s">
         <v>321</v>
       </c>
       <c r="B183" s="7" t="s">
         <v>322</v>
       </c>
       <c r="C183" s="8">
         <v>6855</v>
       </c>
     </row>
     <row r="184" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A184" s="7" t="s">
         <v>325</v>
       </c>
       <c r="B184" s="7" t="s">
         <v>326</v>
       </c>
       <c r="C184" s="8">
         <v>40374</v>
       </c>
     </row>
     <row r="185" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A185" s="7" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B185" s="7" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C185" s="8">
         <v>6194</v>
       </c>
     </row>
     <row r="186" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A186" s="7" t="s">
         <v>329</v>
       </c>
       <c r="B186" s="7" t="s">
         <v>330</v>
       </c>
       <c r="C186" s="8">
         <v>21622</v>
       </c>
     </row>
     <row r="187" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A187" s="7" t="s">
         <v>331</v>
       </c>
       <c r="B187" s="7" t="s">
         <v>331</v>
       </c>
       <c r="C187" s="8">
         <v>3045</v>
       </c>
     </row>
     <row r="188" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A188" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B188" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C188" s="8">
         <v>6653</v>
       </c>
     </row>
     <row r="189" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A189" s="7" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B189" s="7" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C189" s="8">
         <v>40049</v>
       </c>
     </row>
     <row r="190" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A190" s="7" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B190" s="7" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C190" s="8">
         <v>40246</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:C2" xr:uid="{00000000-0009-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C190">
       <sortCondition ref="A2"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial"&amp;12&amp;KA80000 OFFICIAL&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" contentBits="3" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Contracted RTOs - 16122025</vt:lpstr>
+      <vt:lpstr>Contracted RTOs - 20012026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Grid Export Data</dc:title>
   <dc:creator>Peter Kennedy</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Skills for All Contracts</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Source">