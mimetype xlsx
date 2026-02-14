--- v2 (2026-01-25)
+++ v3 (2026-02-14)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\ISD_SSA ContractManage\Client Service Officer\List of RTOs Contracted by Skills SA\Templates and Work Instructions\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4FAE8889-065C-491F-8679-F18470727553}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{95DA2978-45CD-456F-8615-04680A80546F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="42405" yWindow="315" windowWidth="34605" windowHeight="14040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Contracted RTOs - 20012026" sheetId="1" r:id="rId1"/>
+    <sheet name="Contracted RTOs - 10022026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Contracted RTOs - 20012026'!$A$2:$C$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Contracted RTOs - 10022026'!$A$2:$C$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="332">
   <si>
     <t>Legal name</t>
   </si>
   <si>
     <t>Trading name</t>
@@ -1974,52 +1974,52 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A113" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B201" sqref="B201"/>
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B198" sqref="B198"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="83.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="113.85546875" style="7" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="8" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="2" customFormat="1" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3"/>
     </row>
     <row r="2" spans="1:3" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
@@ -4108,51 +4108,51 @@
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" contentBits="3" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Contracted RTOs - 20012026</vt:lpstr>
+      <vt:lpstr>Contracted RTOs - 10022026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Grid Export Data</dc:title>
   <dc:creator>Peter Kennedy</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Skills for All Contracts</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Source">