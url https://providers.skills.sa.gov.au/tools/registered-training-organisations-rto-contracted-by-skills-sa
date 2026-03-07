--- v3 (2026-02-14)
+++ v4 (2026-03-07)
@@ -1,113 +1,116 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\ISD_SSA ContractManage\Client Service Officer\List of RTOs Contracted by Skills SA\Templates and Work Instructions\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{95DA2978-45CD-456F-8615-04680A80546F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{3D36D259-9CD5-4110-A722-1D3DB8635665}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="30360" yWindow="-2145" windowWidth="38700" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Contracted RTOs - 10022026" sheetId="1" r:id="rId1"/>
+    <sheet name="Contracted RTOs - 03032026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Contracted RTOs - 10022026'!$A$2:$C$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Contracted RTOs - 03032026'!$A$2:$C$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="333">
   <si>
     <t>Legal name</t>
   </si>
   <si>
     <t>Trading name</t>
   </si>
   <si>
     <t>Registered training organisations (RTO) contracted by Skills SA</t>
   </si>
   <si>
     <t>RTO code</t>
   </si>
   <si>
     <t>4 UP SKILLING PTY. LTD.</t>
   </si>
   <si>
     <t>4 Up Skilling Pty Ltd</t>
   </si>
   <si>
     <t>5 Star Training &amp; Consulting Pty Ltd</t>
   </si>
   <si>
     <t>Aboriginal Health Council of South Australia Limited</t>
   </si>
   <si>
     <t>Academy IT Pty Ltd</t>
   </si>
   <si>
+    <t>Academy of Early Learning Training Pty Ltd</t>
+  </si>
+  <si>
     <t>SAVE Training Pty Ltd</t>
   </si>
   <si>
     <t>ACCELLIER</t>
   </si>
   <si>
     <t>WISE Employment Ltd</t>
   </si>
   <si>
     <t>Access Skills Training / Interskills / Wise Training / WISE Training Services</t>
   </si>
   <si>
     <t>Australian College of Commerce &amp; Management Pty Ltd</t>
   </si>
   <si>
     <t>ACCM College / Courses Australia / Courses One / AUSTRALIAN COLLEGE OF COMMERCE &amp; MANAGEMENT / AUSTRALIAN SCHOOL OF COMMERCE AND MANAGEMENT / Australian College of Commerce &amp; Management Pty Ltd</t>
   </si>
   <si>
     <t>The Pharmacy Guild of Australia</t>
   </si>
   <si>
     <t>ACP TRAINING / GUILD TRAINING / THE PHARMACY GUILD OF AUSTRALIA NATIONAL SECRETARIAT</t>
   </si>
   <si>
     <t>ADELAIDE INSTITUTE OF HAIR &amp; BEAUTY PTY LTD</t>
@@ -973,51 +976,51 @@
   <si>
     <t>Kym Steer Pty Ltd</t>
   </si>
   <si>
     <t>Team Solutions Training</t>
   </si>
   <si>
     <t>The Academy of Interactive Entertainment Ltd</t>
   </si>
   <si>
     <t>COTHER CONSULTING PTY LTD</t>
   </si>
   <si>
     <t>THE ACTION LEARNING INSTITUTE / Action Learning Institute</t>
   </si>
   <si>
     <t>The Centre for People Development Pty Ltd</t>
   </si>
   <si>
     <t>The Da'Vange Group Pty Ltd</t>
   </si>
   <si>
     <t>The French Beauty Academy Pty Ltd</t>
   </si>
   <si>
-    <t>The French Academy of Beauty / GCTA Pty Ltd / GCTA</t>
+    <t>The French Beauty Academy / The French Academy of Beauty / GCTA Pty Ltd / GCTA</t>
   </si>
   <si>
     <t>Think: Colleges Pty Ltd</t>
   </si>
   <si>
     <t>The Practice Wellbeing Centre / William Blue College of Hospitality Management  / Southern School of Natural Therapies  / Jansen Newman Institute / CATC Design School  / Billy Blue College of Design  / Australian National College of Beauty  / Australasian College of Natural Therapies  / APM College of Business &amp; Communication  / Think Education / THINK EDUCATION / William Blue Colleg</t>
   </si>
   <si>
     <t>Thebarton Senior College</t>
   </si>
   <si>
     <t>THE THEBARTON SENIOR COLLEGE</t>
   </si>
   <si>
     <t>TIME Education and Training Pty Ltd</t>
   </si>
   <si>
     <t>Total Training Solutions Adelaide Pty Ltd</t>
   </si>
   <si>
     <t>Training Unlimited Pty Ltd</t>
   </si>
   <si>
     <t>Training Unlimited</t>
   </si>
@@ -1172,50 +1175,51 @@
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -1971,55 +1975,55 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C190"/>
+  <dimension ref="A1:C191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B198" sqref="B198"/>
+      <pane ySplit="2" topLeftCell="A174" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B208" sqref="B208"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="83.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="113.85546875" style="7" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="8" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="2" customFormat="1" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3"/>
     </row>
     <row r="2" spans="1:3" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
@@ -2038,2121 +2042,2132 @@
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="8">
         <v>91664</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="8">
         <v>40142</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C6" s="8">
         <v>91070</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="8">
         <v>40358</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="C8" s="8">
-        <v>45068</v>
+        <v>46336</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
-        <v>165</v>
+        <v>47</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>166</v>
+        <v>48</v>
       </c>
       <c r="C9" s="8">
-        <v>40312</v>
+        <v>45068</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
-        <v>17</v>
+        <v>166</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>17</v>
+        <v>167</v>
       </c>
       <c r="C10" s="8">
-        <v>40852</v>
+        <v>40312</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="C11" s="8">
-        <v>22</v>
+        <v>40852</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>110</v>
+        <v>43</v>
       </c>
       <c r="C12" s="8">
-        <v>5800</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
-        <v>30</v>
+        <v>110</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>31</v>
+        <v>111</v>
       </c>
       <c r="C13" s="8">
-        <v>1007</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="8">
-        <v>40688</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C15" s="8">
-        <v>41047</v>
+        <v>40688</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="7" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B16" s="7" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C16" s="8">
-        <v>40056</v>
+        <v>41047</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="8">
-        <v>2353</v>
+        <v>40056</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="7" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="C18" s="8">
-        <v>137</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="7" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="C19" s="8">
-        <v>40879</v>
+        <v>137</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="7" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="8">
-        <v>7085</v>
+        <v>40879</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="7" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C21" s="8">
-        <v>40328</v>
+        <v>7085</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="7" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="7" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="8">
-        <v>5404</v>
+        <v>40328</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="7" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C23" s="8">
-        <v>1441</v>
+        <v>5404</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="7" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="C24" s="8">
-        <v>649</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="7" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B25" s="7" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C25" s="8">
-        <v>46011</v>
+        <v>649</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="7" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="C26" s="8">
-        <v>45356</v>
+        <v>46011</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="7" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="C27" s="8">
-        <v>46175</v>
+        <v>45356</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="7" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B28" s="7" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C28" s="8">
-        <v>40064</v>
+        <v>46175</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="7" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B29" s="7" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C29" s="8">
-        <v>31624</v>
+        <v>40064</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C30" s="8">
-        <v>40037</v>
+        <v>31624</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B31" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="B31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="8">
-        <v>30770</v>
+        <v>40037</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B32" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="B32" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="8">
-        <v>40918</v>
+        <v>30770</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="B33" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="B33" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="8">
-        <v>3077</v>
+        <v>40918</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="7" t="s">
-        <v>131</v>
+        <v>76</v>
       </c>
       <c r="B34" s="7" t="s">
-        <v>132</v>
+        <v>77</v>
       </c>
       <c r="C34" s="8">
-        <v>41529</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="7" t="s">
-        <v>214</v>
+        <v>132</v>
       </c>
       <c r="B35" s="7" t="s">
-        <v>215</v>
+        <v>133</v>
       </c>
       <c r="C35" s="8">
-        <v>40354</v>
+        <v>41529</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="7" t="s">
-        <v>18</v>
+        <v>215</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>19</v>
+        <v>216</v>
       </c>
       <c r="C36" s="8">
-        <v>40138</v>
+        <v>40354</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
-        <v>81</v>
+        <v>19</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="C37" s="8">
-        <v>140100</v>
+        <v>40138</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="8">
-        <v>1004</v>
+        <v>140100</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C39" s="8">
-        <v>40179</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="7" t="s">
-        <v>242</v>
+        <v>85</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>243</v>
+        <v>86</v>
       </c>
       <c r="C40" s="8">
-        <v>22256</v>
+        <v>40179</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="7" t="s">
-        <v>86</v>
+        <v>243</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="C41" s="8">
-        <v>51333</v>
+        <v>22256</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A42" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="B42" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="8">
-        <v>40201</v>
+        <v>51333</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C43" s="8">
-        <v>31503</v>
+        <v>40201</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A44" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C44" s="8">
-        <v>45621</v>
+        <v>31503</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A45" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="B45" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="8">
-        <v>186</v>
+        <v>45621</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A46" s="7" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B46" s="7" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="8">
-        <v>40055</v>
+        <v>186</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="7" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="C47" s="8">
-        <v>21884</v>
+        <v>40055</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="7" t="s">
-        <v>102</v>
+        <v>21</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>103</v>
+        <v>22</v>
       </c>
       <c r="C48" s="8">
-        <v>40518</v>
+        <v>21884</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A49" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="B49" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="B49" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="8">
-        <v>647</v>
+        <v>40518</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A50" s="7" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="8">
-        <v>45250</v>
+        <v>647</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A51" s="7" t="s">
-        <v>307</v>
+        <v>107</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>308</v>
+        <v>107</v>
       </c>
       <c r="C51" s="8">
-        <v>40676</v>
+        <v>45250</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A52" s="7" t="s">
-        <v>216</v>
+        <v>308</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>217</v>
+        <v>309</v>
       </c>
       <c r="C52" s="8">
-        <v>40094</v>
+        <v>40676</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A53" s="7" t="s">
-        <v>113</v>
+        <v>217</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>114</v>
+        <v>218</v>
       </c>
       <c r="C53" s="8">
-        <v>31888</v>
+        <v>40094</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A54" s="7" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C54" s="8">
-        <v>41192</v>
+        <v>31888</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A55" s="7" t="s">
-        <v>170</v>
+        <v>112</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>171</v>
+        <v>113</v>
       </c>
       <c r="C55" s="8">
-        <v>40467</v>
+        <v>41192</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A56" s="7" t="s">
-        <v>250</v>
+        <v>171</v>
       </c>
       <c r="B56" s="7" t="s">
-        <v>251</v>
+        <v>172</v>
       </c>
       <c r="C56" s="8">
-        <v>41114</v>
+        <v>40467</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A57" s="7" t="s">
-        <v>117</v>
+        <v>251</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>118</v>
+        <v>252</v>
       </c>
       <c r="C57" s="8">
-        <v>52240</v>
+        <v>41114</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A58" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="B58" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="8">
-        <v>5089</v>
+        <v>52240</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A59" s="7" t="s">
-        <v>238</v>
+        <v>120</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>239</v>
+        <v>121</v>
       </c>
       <c r="C59" s="8">
-        <v>46089</v>
+        <v>5089</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A60" s="7" t="s">
-        <v>123</v>
+        <v>239</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>123</v>
+        <v>240</v>
       </c>
       <c r="C60" s="8">
-        <v>45839</v>
+        <v>46089</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A61" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B61" s="7" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="8">
-        <v>91726</v>
+        <v>45839</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A62" s="7" t="s">
         <v>125</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C62" s="8">
-        <v>6832</v>
+        <v>91726</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A63" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="B63" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="B63" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="8">
-        <v>4849</v>
+        <v>6832</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A64" s="7" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="C64" s="8">
-        <v>3492</v>
+        <v>4849</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A65" s="7" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B65" s="7" t="s">
         <v>135</v>
       </c>
       <c r="C65" s="8">
-        <v>52010</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A66" s="7" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C66" s="8">
-        <v>45668</v>
+        <v>52010</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A67" s="7" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B67" s="7" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C67" s="8">
-        <v>4321</v>
+        <v>45668</v>
       </c>
     </row>
     <row r="68" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A68" s="7" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="7" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C68" s="8">
-        <v>22101</v>
+        <v>4321</v>
       </c>
     </row>
     <row r="69" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A69" s="7" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="B69" s="7" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="C69" s="8">
-        <v>31903</v>
+        <v>22101</v>
       </c>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A70" s="7" t="s">
-        <v>226</v>
+        <v>137</v>
       </c>
       <c r="B70" s="7" t="s">
-        <v>227</v>
+        <v>138</v>
       </c>
       <c r="C70" s="8">
-        <v>5343</v>
+        <v>31903</v>
       </c>
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A71" s="7" t="s">
-        <v>139</v>
+        <v>227</v>
       </c>
       <c r="B71" s="7" t="s">
-        <v>140</v>
+        <v>228</v>
       </c>
       <c r="C71" s="8">
-        <v>40057</v>
+        <v>5343</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A72" s="7" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C72" s="8">
-        <v>6333</v>
+        <v>40057</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A73" s="7" t="s">
         <v>145</v>
       </c>
       <c r="B73" s="7" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C73" s="8">
-        <v>45165</v>
+        <v>6333</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A74" s="7" t="s">
-        <v>275</v>
+        <v>146</v>
       </c>
       <c r="B74" s="7" t="s">
-        <v>276</v>
+        <v>147</v>
       </c>
       <c r="C74" s="8">
-        <v>366</v>
+        <v>45165</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A75" s="7" t="s">
-        <v>149</v>
+        <v>276</v>
       </c>
       <c r="B75" s="7" t="s">
-        <v>149</v>
+        <v>277</v>
       </c>
       <c r="C75" s="8">
-        <v>31192</v>
+        <v>366</v>
       </c>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A76" s="7" t="s">
-        <v>218</v>
+        <v>150</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>219</v>
+        <v>150</v>
       </c>
       <c r="C76" s="8">
-        <v>40254</v>
+        <v>31192</v>
       </c>
     </row>
     <row r="77" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A77" s="7" t="s">
-        <v>61</v>
+        <v>219</v>
       </c>
       <c r="B77" s="7" t="s">
-        <v>62</v>
+        <v>220</v>
       </c>
       <c r="C77" s="8">
-        <v>45269</v>
+        <v>40254</v>
       </c>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A78" s="7" t="s">
-        <v>150</v>
+        <v>62</v>
       </c>
       <c r="B78" s="7" t="s">
-        <v>150</v>
+        <v>63</v>
       </c>
       <c r="C78" s="8">
-        <v>561</v>
+        <v>45269</v>
       </c>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A79" s="7" t="s">
         <v>151</v>
       </c>
       <c r="B79" s="7" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C79" s="8">
-        <v>91141</v>
+        <v>561</v>
       </c>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A80" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="B80" s="7" t="s">
         <v>153</v>
       </c>
-      <c r="B80" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80" s="8">
-        <v>32145</v>
+        <v>91141</v>
       </c>
     </row>
     <row r="81" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A81" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="B81" s="7" t="s">
         <v>155</v>
       </c>
-      <c r="B81" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81" s="8">
-        <v>30831</v>
+        <v>32145</v>
       </c>
     </row>
     <row r="82" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A82" s="7" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="C82" s="8">
-        <v>40387</v>
+        <v>30831</v>
       </c>
     </row>
     <row r="83" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A83" s="7" t="s">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>160</v>
+        <v>131</v>
       </c>
       <c r="C83" s="8">
-        <v>40200</v>
+        <v>40387</v>
       </c>
     </row>
     <row r="84" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A84" s="7" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C84" s="8">
-        <v>1091</v>
+        <v>40200</v>
       </c>
     </row>
     <row r="85" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A85" s="7" t="s">
-        <v>244</v>
+        <v>158</v>
       </c>
       <c r="B85" s="7" t="s">
-        <v>245</v>
+        <v>159</v>
       </c>
       <c r="C85" s="8">
-        <v>40122</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="86" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A86" s="7" t="s">
-        <v>172</v>
+        <v>245</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>173</v>
+        <v>246</v>
       </c>
       <c r="C86" s="8">
-        <v>40287</v>
+        <v>40122</v>
       </c>
     </row>
     <row r="87" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A87" s="7" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="B87" s="7" t="s">
-        <v>162</v>
+        <v>174</v>
       </c>
       <c r="C87" s="8">
-        <v>40123</v>
+        <v>40287</v>
       </c>
     </row>
     <row r="88" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A88" s="7" t="s">
-        <v>183</v>
+        <v>162</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>184</v>
+        <v>163</v>
       </c>
       <c r="C88" s="8">
-        <v>20855</v>
+        <v>40123</v>
       </c>
     </row>
     <row r="89" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A89" s="7" t="s">
-        <v>327</v>
+        <v>184</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>328</v>
+        <v>185</v>
       </c>
       <c r="C89" s="8">
-        <v>70227</v>
+        <v>20855</v>
       </c>
     </row>
     <row r="90" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A90" s="7" t="s">
-        <v>176</v>
+        <v>328</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>177</v>
+        <v>329</v>
       </c>
       <c r="C90" s="8">
-        <v>6372</v>
+        <v>70227</v>
       </c>
     </row>
     <row r="91" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A91" s="7" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="C91" s="8">
-        <v>21099</v>
+        <v>6372</v>
       </c>
     </row>
     <row r="92" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A92" s="7" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C92" s="8">
-        <v>21739</v>
+        <v>21099</v>
       </c>
     </row>
     <row r="93" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A93" s="7" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C93" s="8">
-        <v>31926</v>
+        <v>21739</v>
       </c>
     </row>
     <row r="94" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A94" s="7" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="C94" s="8">
-        <v>91313</v>
+        <v>31926</v>
       </c>
     </row>
     <row r="95" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A95" s="7" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C95" s="8">
-        <v>40345</v>
+        <v>91313</v>
       </c>
     </row>
     <row r="96" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A96" s="7" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C96" s="8">
-        <v>90277</v>
+        <v>40345</v>
       </c>
     </row>
     <row r="97" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A97" s="7" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C97" s="8">
-        <v>45465</v>
+        <v>90277</v>
       </c>
     </row>
     <row r="98" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A98" s="7" t="s">
-        <v>147</v>
+        <v>183</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>148</v>
+        <v>183</v>
       </c>
       <c r="C98" s="8">
-        <v>5553</v>
+        <v>45465</v>
       </c>
     </row>
     <row r="99" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A99" s="7" t="s">
-        <v>185</v>
+        <v>148</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>186</v>
+        <v>149</v>
       </c>
       <c r="C99" s="8">
-        <v>40636</v>
+        <v>5553</v>
       </c>
     </row>
     <row r="100" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A100" s="7" t="s">
-        <v>265</v>
+        <v>186</v>
       </c>
       <c r="B100" s="7" t="s">
-        <v>266</v>
+        <v>187</v>
       </c>
       <c r="C100" s="8">
-        <v>90782</v>
+        <v>40636</v>
       </c>
     </row>
     <row r="101" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A101" s="7" t="s">
-        <v>304</v>
+        <v>266</v>
       </c>
       <c r="B101" s="7" t="s">
-        <v>305</v>
+        <v>267</v>
       </c>
       <c r="C101" s="8">
-        <v>40281</v>
+        <v>90782</v>
       </c>
     </row>
     <row r="102" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A102" s="7" t="s">
-        <v>187</v>
+        <v>305</v>
       </c>
       <c r="B102" s="7" t="s">
-        <v>188</v>
+        <v>306</v>
       </c>
       <c r="C102" s="8">
-        <v>3908</v>
+        <v>40281</v>
       </c>
     </row>
     <row r="103" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A103" s="7" t="s">
-        <v>98</v>
+        <v>188</v>
       </c>
       <c r="B103" s="7" t="s">
-        <v>99</v>
+        <v>189</v>
       </c>
       <c r="C103" s="8">
-        <v>1050</v>
+        <v>3908</v>
       </c>
     </row>
     <row r="104" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A104" s="7" t="s">
-        <v>189</v>
+        <v>99</v>
       </c>
       <c r="B104" s="7" t="s">
-        <v>190</v>
+        <v>100</v>
       </c>
       <c r="C104" s="8">
-        <v>40376</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="105" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A105" s="7" t="s">
-        <v>52</v>
+        <v>190</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>53</v>
+        <v>191</v>
       </c>
       <c r="C105" s="8">
-        <v>32054</v>
+        <v>40376</v>
       </c>
     </row>
     <row r="106" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A106" s="7" t="s">
-        <v>191</v>
+        <v>53</v>
       </c>
       <c r="B106" s="7" t="s">
-        <v>192</v>
+        <v>54</v>
       </c>
       <c r="C106" s="8">
-        <v>577</v>
+        <v>32054</v>
       </c>
     </row>
     <row r="107" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A107" s="7" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B107" s="7" t="s">
         <v>193</v>
       </c>
       <c r="C107" s="8">
-        <v>51621</v>
+        <v>577</v>
       </c>
     </row>
     <row r="108" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A108" s="7" t="s">
         <v>194</v>
       </c>
       <c r="B108" s="7" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C108" s="8">
-        <v>3957</v>
+        <v>51621</v>
       </c>
     </row>
     <row r="109" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A109" s="7" t="s">
-        <v>248</v>
+        <v>195</v>
       </c>
       <c r="B109" s="7" t="s">
-        <v>249</v>
+        <v>196</v>
       </c>
       <c r="C109" s="8">
-        <v>31736</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="110" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A110" s="7" t="s">
-        <v>24</v>
+        <v>249</v>
       </c>
       <c r="B110" s="7" t="s">
-        <v>25</v>
+        <v>250</v>
       </c>
       <c r="C110" s="8">
-        <v>41070</v>
+        <v>31736</v>
       </c>
     </row>
     <row r="111" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A111" s="7" t="s">
-        <v>198</v>
+        <v>25</v>
       </c>
       <c r="B111" s="7" t="s">
-        <v>198</v>
+        <v>26</v>
       </c>
       <c r="C111" s="8">
-        <v>40046</v>
+        <v>41070</v>
       </c>
     </row>
     <row r="112" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A112" s="7" t="s">
-        <v>220</v>
+        <v>199</v>
       </c>
       <c r="B112" s="7" t="s">
-        <v>221</v>
+        <v>199</v>
       </c>
       <c r="C112" s="8">
-        <v>30048</v>
+        <v>40046</v>
       </c>
     </row>
     <row r="113" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A113" s="7" t="s">
-        <v>199</v>
+        <v>221</v>
       </c>
       <c r="B113" s="7" t="s">
-        <v>199</v>
+        <v>222</v>
       </c>
       <c r="C113" s="8">
-        <v>3938</v>
+        <v>30048</v>
       </c>
     </row>
     <row r="114" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A114" s="7" t="s">
         <v>200</v>
       </c>
       <c r="B114" s="7" t="s">
         <v>200</v>
       </c>
       <c r="C114" s="8">
-        <v>45628</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="115" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A115" s="7" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B115" s="7" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="C115" s="8">
-        <v>2316</v>
+        <v>45628</v>
       </c>
     </row>
     <row r="116" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A116" s="7" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B116" s="7" t="s">
         <v>205</v>
       </c>
       <c r="C116" s="8">
-        <v>31078</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="117" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A117" s="7" t="s">
         <v>206</v>
       </c>
       <c r="B117" s="7" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C117" s="8">
-        <v>3075</v>
+        <v>31078</v>
       </c>
     </row>
     <row r="118" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A118" s="7" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B118" s="7" t="s">
         <v>208</v>
       </c>
       <c r="C118" s="8">
-        <v>45799</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="119" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A119" s="7" t="s">
-        <v>323</v>
+        <v>209</v>
       </c>
       <c r="B119" s="7" t="s">
-        <v>324</v>
+        <v>209</v>
       </c>
       <c r="C119" s="8">
-        <v>45451</v>
+        <v>45799</v>
       </c>
     </row>
     <row r="120" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A120" s="7" t="s">
-        <v>209</v>
+        <v>324</v>
       </c>
       <c r="B120" s="7" t="s">
-        <v>210</v>
+        <v>325</v>
       </c>
       <c r="C120" s="8">
-        <v>6859</v>
+        <v>45451</v>
       </c>
     </row>
     <row r="121" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A121" s="7" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B121" s="7" t="s">
         <v>211</v>
       </c>
       <c r="C121" s="8">
-        <v>4881</v>
+        <v>6859</v>
       </c>
     </row>
     <row r="122" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A122" s="7" t="s">
-        <v>121</v>
+        <v>212</v>
       </c>
       <c r="B122" s="7" t="s">
-        <v>122</v>
+        <v>212</v>
       </c>
       <c r="C122" s="8">
-        <v>41463</v>
+        <v>4881</v>
       </c>
     </row>
     <row r="123" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A123" s="7" t="s">
-        <v>222</v>
+        <v>122</v>
       </c>
       <c r="B123" s="7" t="s">
-        <v>222</v>
+        <v>123</v>
       </c>
       <c r="C123" s="8">
-        <v>22528</v>
+        <v>41463</v>
       </c>
     </row>
     <row r="124" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A124" s="7" t="s">
         <v>223</v>
       </c>
       <c r="B124" s="7" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C124" s="8">
-        <v>40368</v>
+        <v>22528</v>
       </c>
     </row>
     <row r="125" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A125" s="7" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B125" s="7" t="s">
         <v>225</v>
       </c>
       <c r="C125" s="8">
-        <v>40128</v>
+        <v>40368</v>
       </c>
     </row>
     <row r="126" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A126" s="7" t="s">
-        <v>77</v>
+        <v>226</v>
       </c>
       <c r="B126" s="7" t="s">
-        <v>78</v>
+        <v>226</v>
       </c>
       <c r="C126" s="8">
-        <v>40222</v>
+        <v>40128</v>
       </c>
     </row>
     <row r="127" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A127" s="7" t="s">
-        <v>228</v>
+        <v>78</v>
       </c>
       <c r="B127" s="7" t="s">
-        <v>228</v>
+        <v>79</v>
       </c>
       <c r="C127" s="8">
-        <v>40103</v>
+        <v>40222</v>
       </c>
     </row>
     <row r="128" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A128" s="7" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B128" s="7" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C128" s="8">
-        <v>60072</v>
+        <v>40103</v>
       </c>
     </row>
     <row r="129" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A129" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="B129" s="7" t="s">
         <v>233</v>
       </c>
-      <c r="B129" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="8">
-        <v>31560</v>
+        <v>60072</v>
       </c>
     </row>
     <row r="130" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A130" s="7" t="s">
-        <v>79</v>
+        <v>234</v>
       </c>
       <c r="B130" s="7" t="s">
-        <v>80</v>
+        <v>235</v>
       </c>
       <c r="C130" s="8">
-        <v>45787</v>
+        <v>31560</v>
       </c>
     </row>
     <row r="131" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A131" s="7" t="s">
-        <v>235</v>
+        <v>80</v>
       </c>
       <c r="B131" s="7" t="s">
-        <v>236</v>
+        <v>81</v>
       </c>
       <c r="C131" s="8">
-        <v>40377</v>
+        <v>45787</v>
       </c>
     </row>
     <row r="132" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A132" s="7" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B132" s="7" t="s">
         <v>237</v>
       </c>
       <c r="C132" s="8">
-        <v>45744</v>
+        <v>40377</v>
       </c>
     </row>
     <row r="133" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A133" s="7" t="s">
-        <v>22</v>
+        <v>238</v>
       </c>
       <c r="B133" s="7" t="s">
-        <v>23</v>
+        <v>238</v>
       </c>
       <c r="C133" s="8">
-        <v>6738</v>
+        <v>45744</v>
       </c>
     </row>
     <row r="134" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A134" s="7" t="s">
-        <v>254</v>
+        <v>23</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>255</v>
+        <v>24</v>
       </c>
       <c r="C134" s="8">
-        <v>31452</v>
+        <v>6738</v>
       </c>
     </row>
     <row r="135" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A135" s="7" t="s">
-        <v>100</v>
+        <v>255</v>
       </c>
       <c r="B135" s="7" t="s">
-        <v>101</v>
+        <v>256</v>
       </c>
       <c r="C135" s="8">
-        <v>90933</v>
+        <v>31452</v>
       </c>
     </row>
     <row r="136" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A136" s="7" t="s">
-        <v>256</v>
+        <v>101</v>
       </c>
       <c r="B136" s="7" t="s">
-        <v>256</v>
+        <v>102</v>
       </c>
       <c r="C136" s="8">
-        <v>41499</v>
+        <v>90933</v>
       </c>
     </row>
     <row r="137" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A137" s="7" t="s">
-        <v>50</v>
+        <v>257</v>
       </c>
       <c r="B137" s="7" t="s">
-        <v>51</v>
+        <v>257</v>
       </c>
       <c r="C137" s="8">
-        <v>91429</v>
+        <v>41499</v>
       </c>
     </row>
     <row r="138" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A138" s="7" t="s">
-        <v>257</v>
+        <v>51</v>
       </c>
       <c r="B138" s="7" t="s">
-        <v>258</v>
+        <v>52</v>
       </c>
       <c r="C138" s="8">
-        <v>40309</v>
+        <v>91429</v>
       </c>
     </row>
     <row r="139" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A139" s="7" t="s">
-        <v>26</v>
+        <v>258</v>
       </c>
       <c r="B139" s="7" t="s">
-        <v>27</v>
+        <v>259</v>
       </c>
       <c r="C139" s="8">
-        <v>140107</v>
+        <v>40309</v>
       </c>
     </row>
     <row r="140" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A140" s="7" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="C140" s="8">
-        <v>102358</v>
+        <v>140107</v>
       </c>
     </row>
     <row r="141" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A141" s="7" t="s">
-        <v>261</v>
+        <v>57</v>
       </c>
       <c r="B141" s="7" t="s">
-        <v>262</v>
+        <v>58</v>
       </c>
       <c r="C141" s="8">
-        <v>996</v>
+        <v>102358</v>
       </c>
     </row>
     <row r="142" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A142" s="7" t="s">
+        <v>262</v>
+      </c>
+      <c r="B142" s="7" t="s">
         <v>263</v>
       </c>
-      <c r="B142" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="8">
-        <v>90674</v>
+        <v>996</v>
       </c>
     </row>
     <row r="143" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A143" s="7" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="B143" s="7" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="C143" s="8">
-        <v>40298</v>
+        <v>90674</v>
       </c>
     </row>
     <row r="144" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A144" s="7" t="s">
-        <v>9</v>
+        <v>270</v>
       </c>
       <c r="B144" s="7" t="s">
-        <v>10</v>
+        <v>271</v>
       </c>
       <c r="C144" s="8">
-        <v>32395</v>
+        <v>40298</v>
       </c>
     </row>
     <row r="145" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A145" s="7" t="s">
-        <v>271</v>
+        <v>10</v>
       </c>
       <c r="B145" s="7" t="s">
-        <v>271</v>
+        <v>11</v>
       </c>
       <c r="C145" s="8">
-        <v>4577</v>
+        <v>32395</v>
       </c>
     </row>
     <row r="146" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A146" s="7" t="s">
-        <v>240</v>
+        <v>272</v>
       </c>
       <c r="B146" s="7" t="s">
-        <v>241</v>
+        <v>272</v>
       </c>
       <c r="C146" s="8">
-        <v>51178</v>
+        <v>4577</v>
       </c>
     </row>
     <row r="147" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A147" s="7" t="s">
-        <v>272</v>
+        <v>241</v>
       </c>
       <c r="B147" s="7" t="s">
-        <v>273</v>
+        <v>242</v>
       </c>
       <c r="C147" s="8">
-        <v>52127</v>
+        <v>51178</v>
       </c>
     </row>
     <row r="148" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A148" s="7" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B148" s="7" t="s">
         <v>274</v>
       </c>
       <c r="C148" s="8">
-        <v>40177</v>
+        <v>52127</v>
       </c>
     </row>
     <row r="149" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A149" s="7" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B149" s="7" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C149" s="8">
-        <v>4192</v>
+        <v>40177</v>
       </c>
     </row>
     <row r="150" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A150" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="B150" s="7" t="s">
         <v>279</v>
       </c>
-      <c r="B150" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="8">
-        <v>45486</v>
+        <v>4192</v>
       </c>
     </row>
     <row r="151" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A151" s="7" t="s">
-        <v>259</v>
+        <v>280</v>
       </c>
       <c r="B151" s="7" t="s">
-        <v>260</v>
+        <v>281</v>
       </c>
       <c r="C151" s="8">
-        <v>1044</v>
+        <v>45486</v>
       </c>
     </row>
     <row r="152" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A152" s="7" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
       <c r="B152" s="7" t="s">
-        <v>247</v>
+        <v>261</v>
       </c>
       <c r="C152" s="8">
-        <v>3120</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="153" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A153" s="7" t="s">
-        <v>281</v>
+        <v>247</v>
       </c>
       <c r="B153" s="7" t="s">
-        <v>282</v>
+        <v>248</v>
       </c>
       <c r="C153" s="8">
-        <v>121952</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="154" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A154" s="7" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B154" s="7" t="s">
         <v>283</v>
       </c>
       <c r="C154" s="8">
-        <v>40902</v>
+        <v>121952</v>
       </c>
     </row>
     <row r="155" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A155" s="7" t="s">
-        <v>267</v>
+        <v>284</v>
       </c>
       <c r="B155" s="7" t="s">
-        <v>268</v>
+        <v>284</v>
       </c>
       <c r="C155" s="8">
-        <v>40170</v>
+        <v>40902</v>
       </c>
     </row>
     <row r="156" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A156" s="7" t="s">
-        <v>284</v>
+        <v>268</v>
       </c>
       <c r="B156" s="7" t="s">
-        <v>285</v>
+        <v>269</v>
       </c>
       <c r="C156" s="8">
-        <v>22394</v>
+        <v>40170</v>
       </c>
     </row>
     <row r="157" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A157" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="B157" s="7" t="s">
         <v>286</v>
       </c>
-      <c r="B157" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="8">
-        <v>31418</v>
+        <v>22394</v>
       </c>
     </row>
     <row r="158" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A158" s="7" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B158" s="7" t="s">
         <v>288</v>
       </c>
       <c r="C158" s="8">
-        <v>91058</v>
+        <v>31418</v>
       </c>
     </row>
     <row r="159" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A159" s="7" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="B159" s="7" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C159" s="8">
-        <v>45046</v>
+        <v>91058</v>
       </c>
     </row>
     <row r="160" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A160" s="7" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B160" s="7" t="s">
         <v>293</v>
       </c>
       <c r="C160" s="8">
-        <v>40053</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="161" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A161" s="7" t="s">
-        <v>196</v>
+        <v>294</v>
       </c>
       <c r="B161" s="7" t="s">
-        <v>197</v>
+        <v>294</v>
       </c>
       <c r="C161" s="8">
-        <v>30922</v>
+        <v>40053</v>
       </c>
     </row>
     <row r="162" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A162" s="7" t="s">
-        <v>296</v>
+        <v>197</v>
       </c>
       <c r="B162" s="7" t="s">
-        <v>297</v>
+        <v>198</v>
       </c>
       <c r="C162" s="8">
-        <v>275</v>
+        <v>30922</v>
       </c>
     </row>
     <row r="163" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A163" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="B163" s="7" t="s">
         <v>298</v>
       </c>
-      <c r="B163" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" s="8">
-        <v>41026</v>
+        <v>275</v>
       </c>
     </row>
     <row r="164" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A164" s="7" t="s">
+        <v>299</v>
+      </c>
+      <c r="B164" s="7" t="s">
         <v>300</v>
       </c>
-      <c r="B164" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C164" s="8">
-        <v>91359</v>
+        <v>41026</v>
       </c>
     </row>
     <row r="165" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A165" s="7" t="s">
+        <v>301</v>
+      </c>
+      <c r="B165" s="7" t="s">
         <v>302</v>
       </c>
-      <c r="B165" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C165" s="8">
-        <v>2370</v>
+        <v>91359</v>
       </c>
     </row>
     <row r="166" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A166" s="7" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="B166" s="7" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="C166" s="8">
-        <v>90003</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="167" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A167" s="7" t="s">
-        <v>58</v>
+        <v>295</v>
       </c>
       <c r="B167" s="7" t="s">
-        <v>59</v>
+        <v>296</v>
       </c>
       <c r="C167" s="8">
-        <v>50834</v>
+        <v>90003</v>
       </c>
     </row>
     <row r="168" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A168" s="7" t="s">
-        <v>306</v>
+        <v>59</v>
       </c>
       <c r="B168" s="7" t="s">
-        <v>306</v>
+        <v>60</v>
       </c>
       <c r="C168" s="8">
-        <v>88021</v>
+        <v>50834</v>
       </c>
     </row>
     <row r="169" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A169" s="7" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B169" s="7" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C169" s="8">
-        <v>40038</v>
+        <v>88021</v>
       </c>
     </row>
     <row r="170" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A170" s="7" t="s">
         <v>310</v>
       </c>
       <c r="B170" s="7" t="s">
         <v>310</v>
       </c>
       <c r="C170" s="8">
-        <v>45241</v>
+        <v>40038</v>
       </c>
     </row>
     <row r="171" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A171" s="7" t="s">
-        <v>115</v>
+        <v>311</v>
       </c>
       <c r="B171" s="7" t="s">
-        <v>116</v>
+        <v>311</v>
       </c>
       <c r="C171" s="8">
-        <v>40119</v>
+        <v>45241</v>
       </c>
     </row>
     <row r="172" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A172" s="7" t="s">
-        <v>311</v>
+        <v>116</v>
       </c>
       <c r="B172" s="7" t="s">
-        <v>312</v>
+        <v>117</v>
       </c>
       <c r="C172" s="8">
-        <v>32220</v>
+        <v>40119</v>
       </c>
     </row>
     <row r="173" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A173" s="7" t="s">
-        <v>212</v>
+        <v>312</v>
       </c>
       <c r="B173" s="7" t="s">
-        <v>213</v>
+        <v>313</v>
       </c>
       <c r="C173" s="8">
-        <v>2293</v>
+        <v>32220</v>
       </c>
     </row>
     <row r="174" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A174" s="7" t="s">
-        <v>15</v>
+        <v>213</v>
       </c>
       <c r="B174" s="7" t="s">
-        <v>16</v>
+        <v>214</v>
       </c>
       <c r="C174" s="8">
-        <v>452</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="175" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A175" s="7" t="s">
-        <v>252</v>
+        <v>16</v>
       </c>
       <c r="B175" s="7" t="s">
-        <v>253</v>
+        <v>17</v>
       </c>
       <c r="C175" s="8">
-        <v>1036</v>
+        <v>452</v>
       </c>
     </row>
     <row r="176" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A176" s="7" t="s">
-        <v>289</v>
+        <v>253</v>
       </c>
       <c r="B176" s="7" t="s">
-        <v>290</v>
+        <v>254</v>
       </c>
       <c r="C176" s="8">
-        <v>170</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="177" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A177" s="7" t="s">
-        <v>315</v>
+        <v>290</v>
       </c>
       <c r="B177" s="7" t="s">
-        <v>316</v>
+        <v>291</v>
       </c>
       <c r="C177" s="8">
-        <v>40117</v>
+        <v>170</v>
       </c>
     </row>
     <row r="178" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A178" s="7" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B178" s="7" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C178" s="8">
-        <v>269</v>
+        <v>40117</v>
       </c>
     </row>
     <row r="179" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A179" s="7" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="B179" s="7" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C179" s="8">
-        <v>40058</v>
+        <v>269</v>
       </c>
     </row>
     <row r="180" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A180" s="7" t="s">
         <v>318</v>
       </c>
       <c r="B180" s="7" t="s">
         <v>318</v>
       </c>
       <c r="C180" s="8">
-        <v>41373</v>
+        <v>40058</v>
       </c>
     </row>
     <row r="181" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A181" s="7" t="s">
-        <v>35</v>
+        <v>319</v>
       </c>
       <c r="B181" s="7" t="s">
-        <v>36</v>
+        <v>319</v>
       </c>
       <c r="C181" s="8">
-        <v>91007</v>
+        <v>41373</v>
       </c>
     </row>
     <row r="182" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A182" s="7" t="s">
-        <v>319</v>
+        <v>36</v>
       </c>
       <c r="B182" s="7" t="s">
-        <v>320</v>
+        <v>37</v>
       </c>
       <c r="C182" s="8">
-        <v>20891</v>
+        <v>91007</v>
       </c>
     </row>
     <row r="183" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A183" s="7" t="s">
+        <v>320</v>
+      </c>
+      <c r="B183" s="7" t="s">
         <v>321</v>
       </c>
-      <c r="B183" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" s="8">
-        <v>6855</v>
+        <v>20891</v>
       </c>
     </row>
     <row r="184" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A184" s="7" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="B184" s="7" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C184" s="8">
-        <v>40374</v>
+        <v>6855</v>
       </c>
     </row>
     <row r="185" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A185" s="7" t="s">
-        <v>201</v>
+        <v>326</v>
       </c>
       <c r="B185" s="7" t="s">
-        <v>202</v>
+        <v>327</v>
       </c>
       <c r="C185" s="8">
-        <v>6194</v>
+        <v>40374</v>
       </c>
     </row>
     <row r="186" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A186" s="7" t="s">
-        <v>329</v>
+        <v>202</v>
       </c>
       <c r="B186" s="7" t="s">
-        <v>330</v>
+        <v>203</v>
       </c>
       <c r="C186" s="8">
-        <v>21622</v>
+        <v>6194</v>
       </c>
     </row>
     <row r="187" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A187" s="7" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="B187" s="7" t="s">
         <v>331</v>
       </c>
       <c r="C187" s="8">
-        <v>3045</v>
+        <v>21622</v>
       </c>
     </row>
     <row r="188" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A188" s="7" t="s">
-        <v>11</v>
+        <v>332</v>
       </c>
       <c r="B188" s="7" t="s">
-        <v>12</v>
+        <v>332</v>
       </c>
       <c r="C188" s="8">
-        <v>6653</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="189" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A189" s="7" t="s">
-        <v>229</v>
+        <v>12</v>
       </c>
       <c r="B189" s="7" t="s">
-        <v>230</v>
+        <v>13</v>
       </c>
       <c r="C189" s="8">
-        <v>40049</v>
+        <v>6653</v>
       </c>
     </row>
     <row r="190" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A190" s="7" t="s">
-        <v>107</v>
+        <v>230</v>
       </c>
       <c r="B190" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="C190" s="8">
+        <v>40049</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A191" s="7" t="s">
         <v>108</v>
       </c>
-      <c r="C190" s="8">
+      <c r="B191" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="C191" s="8">
         <v>40246</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:C2" xr:uid="{00000000-0009-0000-0000-000000000000}">
-    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C190">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C191">
       <sortCondition ref="A2"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial"&amp;12&amp;KA80000 OFFICIAL&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" contentBits="3" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Contracted RTOs - 10022026</vt:lpstr>
+      <vt:lpstr>Contracted RTOs - 03032026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Grid Export Data</dc:title>
   <dc:creator>Peter Kennedy</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Skills for All Contracts</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Source">