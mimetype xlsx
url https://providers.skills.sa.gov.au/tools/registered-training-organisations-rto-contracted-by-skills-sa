--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\ISD_SSA ContractManage\Client Service Officer\List of RTOs Contracted by Skills SA\Templates and Work Instructions\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{3D36D259-9CD5-4110-A722-1D3DB8635665}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AD48A974-ACF6-4271-B1E1-406E0DCC0CF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="30360" yWindow="-2145" windowWidth="38700" windowHeight="15345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28755" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Contracted RTOs - 03032026" sheetId="1" r:id="rId1"/>
+    <sheet name="Contracted RTOs - 24032026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Contracted RTOs - 03032026'!$A$2:$C$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Contracted RTOs - 24032026'!$A$2:$C$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="378" uniqueCount="329">
   <si>
     <t>Legal name</t>
   </si>
   <si>
     <t>Trading name</t>
   </si>
   <si>
     <t>Registered training organisations (RTO) contracted by Skills SA</t>
   </si>
   <si>
     <t>RTO code</t>
   </si>
   <si>
     <t>4 UP SKILLING PTY. LTD.</t>
   </si>
   <si>
     <t>4 Up Skilling Pty Ltd</t>
   </si>
   <si>
     <t>5 Star Training &amp; Consulting Pty Ltd</t>
   </si>
   <si>
     <t>Aboriginal Health Council of South Australia Limited</t>
   </si>
   <si>
@@ -334,56 +334,50 @@
   <si>
     <t>Academic &amp; Vocational Training Pty Limited</t>
   </si>
   <si>
     <t>CHILLINGWORTH TRAINING INSTITUTE / Academic &amp; Vocational Training Pty Ltd / ACADEMIC &amp; VOCATIONAL TRAINING</t>
   </si>
   <si>
     <t>CHM Alliance Pty Ltd</t>
   </si>
   <si>
     <t>Civil Contractors Federation South Australia Ltd</t>
   </si>
   <si>
     <t>Civil Train Western Australia / TRAINsa / Mining Train / Civil Train NT / Civil Train South Australia / CIVIL TRAIN SA</t>
   </si>
   <si>
     <t>Clip Joint Academy of Hairdressing Pty Ltd as trustee for the Clip Joint Academy Unit Trust</t>
   </si>
   <si>
     <t>CLIP JOINT SCHOOL OF HAIRDRESSING / CLIP JOINT ACADEMY OF HAIRDRESSING / ACADEMY CLIP JOINT OF HAIRDRESSING</t>
   </si>
   <si>
     <t>Colour Cosmetica Academy Pty Ltd</t>
   </si>
   <si>
-    <t>Licensed Club Industry Training Foundation Inc.</t>
-[...4 lines deleted...]
-  <si>
     <t>Ramsden Telecommunications Training Pty Ltd</t>
   </si>
   <si>
     <t>Comtech Training / Comtech Group</t>
   </si>
   <si>
     <t>CONNECT'N'GROW PTY LTD</t>
   </si>
   <si>
     <t>CONNECT'N'GROW</t>
   </si>
   <si>
     <t>Construction Industry Training Centre Inc</t>
   </si>
   <si>
     <t>CONSTRUCTION INDUSTRY TRAINING CENTREINCORPORATED / Construction Industry Training Centre Incorporated</t>
   </si>
   <si>
     <t>Cornerstone Learning and Development Pty Ltd</t>
   </si>
   <si>
     <t>Yullen Pty Ltd</t>
   </si>
   <si>
     <t>Courtesy Driving School</t>
@@ -620,56 +614,50 @@
     <t>KKTC EDUCATION PTY LTD</t>
   </si>
   <si>
     <t>KKTC Education / KKTC</t>
   </si>
   <si>
     <t>Leadership Management Australia Pty Ltd</t>
   </si>
   <si>
     <t>Leadership Management Australia / THINK PERFORM</t>
   </si>
   <si>
     <t>Limestone Coast Work Options Incorporated</t>
   </si>
   <si>
     <t>LIMESTONE COAST TRAINING</t>
   </si>
   <si>
     <t>Logging Investigation and Training Association Inc</t>
   </si>
   <si>
     <t>LITA Training</t>
   </si>
   <si>
     <t>LTT Group Pty Ltd</t>
-  </si>
-[...4 lines deleted...]
-    <t>MADEC Community College</t>
   </si>
   <si>
     <t>Tactile Learning Centre Pty Ltd</t>
   </si>
   <si>
     <t>Manufacturing Training Australia / Leather Training Australia / Tactile Learning / Simpli.edu.au / Tactile Learning Centre</t>
   </si>
   <si>
     <t>Marden Senior College</t>
   </si>
   <si>
     <t>Mayfield Education Inc</t>
   </si>
   <si>
     <t>MCC Adelaide PTY LTD</t>
   </si>
   <si>
     <t>VocTrain Pty Ltd</t>
   </si>
   <si>
     <t>MECHANIST / VocTrain / Quality Automotive Training</t>
   </si>
   <si>
     <t>Media Make Up Academy &amp; Agency Pty Ltd</t>
   </si>
@@ -1175,51 +1163,50 @@
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -1975,55 +1962,55 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C191"/>
+  <dimension ref="A1:C189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A174" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B208" sqref="B208"/>
+      <pane ySplit="2" topLeftCell="A172" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B197" sqref="B197"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="83.7109375" style="7" customWidth="1"/>
     <col min="2" max="2" width="113.85546875" style="7" customWidth="1"/>
     <col min="3" max="3" width="13.85546875" style="8" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="2" customFormat="1" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3"/>
     </row>
     <row r="2" spans="1:3" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>3</v>
@@ -2086,87 +2073,87 @@
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="8">
         <v>46336</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="7" t="s">
         <v>47</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C9" s="8">
         <v>45068</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="7" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C10" s="8">
         <v>40312</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="8">
         <v>40852</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="7" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="7" t="s">
         <v>43</v>
       </c>
       <c r="C12" s="8">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C13" s="8">
         <v>5800</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="8">
         <v>1007</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="8">
         <v>40688</v>
@@ -2361,65 +2348,65 @@
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="7" t="s">
         <v>74</v>
       </c>
       <c r="B33" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="8">
         <v>40918</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B34" s="7" t="s">
         <v>77</v>
       </c>
       <c r="C34" s="8">
         <v>3077</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="7" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B35" s="7" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C35" s="8">
         <v>41529</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="7" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C36" s="8">
         <v>40354</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="8">
         <v>40138</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="8">
         <v>140100</v>
@@ -2427,54 +2414,54 @@
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="8">
         <v>1004</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="8">
         <v>40179</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="7" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="C41" s="8">
         <v>22256</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A42" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>88</v>
       </c>
       <c r="C42" s="8">
         <v>51333</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="7" t="s">
         <v>90</v>
       </c>
       <c r="C43" s="8">
         <v>40201</v>
@@ -2515,1659 +2502,1637 @@
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="7" t="s">
         <v>98</v>
       </c>
       <c r="C47" s="8">
         <v>40055</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C48" s="8">
         <v>21884</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A49" s="7" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C49" s="8">
         <v>40518</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A50" s="7" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C50" s="8">
         <v>647</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A51" s="7" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C51" s="8">
         <v>45250</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A52" s="7" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="C52" s="8">
         <v>40676</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A53" s="7" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C53" s="8">
         <v>40094</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A54" s="7" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C54" s="8">
         <v>31888</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A55" s="7" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C55" s="8">
         <v>41192</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A56" s="7" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B56" s="7" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C56" s="8">
         <v>40467</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A57" s="7" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C57" s="8">
         <v>41114</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A58" s="7" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C58" s="8">
         <v>52240</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A59" s="7" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C59" s="8">
         <v>5089</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A60" s="7" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="C60" s="8">
         <v>46089</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A61" s="7" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C61" s="8">
         <v>45839</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A62" s="7" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C62" s="8">
         <v>91726</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A63" s="7" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C63" s="8">
         <v>6832</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A64" s="7" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C64" s="8">
         <v>4849</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A65" s="7" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B65" s="7" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C65" s="8">
         <v>3492</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A66" s="7" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C66" s="8">
         <v>52010</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A67" s="7" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B67" s="7" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C67" s="8">
         <v>45668</v>
       </c>
     </row>
     <row r="68" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A68" s="7" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B68" s="7" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C68" s="8">
         <v>4321</v>
       </c>
     </row>
     <row r="69" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A69" s="7" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B69" s="7" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C69" s="8">
         <v>22101</v>
       </c>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A70" s="7" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B70" s="7" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C70" s="8">
         <v>31903</v>
       </c>
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A71" s="7" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B71" s="7" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="C71" s="8">
         <v>5343</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A72" s="7" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C72" s="8">
         <v>40057</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A73" s="7" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B73" s="7" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C73" s="8">
         <v>6333</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A74" s="7" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B74" s="7" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C74" s="8">
         <v>45165</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A75" s="7" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="B75" s="7" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="C75" s="8">
         <v>366</v>
       </c>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A76" s="7" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C76" s="8">
         <v>31192</v>
       </c>
     </row>
     <row r="77" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A77" s="7" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B77" s="7" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="C77" s="8">
         <v>40254</v>
       </c>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A78" s="7" t="s">
         <v>62</v>
       </c>
       <c r="B78" s="7" t="s">
         <v>63</v>
       </c>
       <c r="C78" s="8">
         <v>45269</v>
       </c>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A79" s="7" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B79" s="7" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C79" s="8">
         <v>561</v>
       </c>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A80" s="7" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B80" s="7" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C80" s="8">
         <v>91141</v>
       </c>
     </row>
     <row r="81" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A81" s="7" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B81" s="7" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C81" s="8">
         <v>32145</v>
       </c>
     </row>
     <row r="82" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A82" s="7" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C82" s="8">
         <v>30831</v>
       </c>
     </row>
     <row r="83" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A83" s="7" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C83" s="8">
         <v>40387</v>
       </c>
     </row>
     <row r="84" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A84" s="7" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C84" s="8">
         <v>40200</v>
       </c>
     </row>
     <row r="85" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A85" s="7" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B85" s="7" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C85" s="8">
         <v>1091</v>
       </c>
     </row>
     <row r="86" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A86" s="7" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C86" s="8">
         <v>40122</v>
       </c>
     </row>
     <row r="87" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A87" s="7" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B87" s="7" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C87" s="8">
         <v>40287</v>
       </c>
     </row>
     <row r="88" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A88" s="7" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C88" s="8">
         <v>40123</v>
       </c>
     </row>
     <row r="89" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A89" s="7" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C89" s="8">
         <v>20855</v>
       </c>
     </row>
     <row r="90" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A90" s="7" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="C90" s="8">
         <v>70227</v>
       </c>
     </row>
     <row r="91" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A91" s="7" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C91" s="8">
         <v>6372</v>
       </c>
     </row>
     <row r="92" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A92" s="7" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C92" s="8">
         <v>21099</v>
       </c>
     </row>
     <row r="93" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A93" s="7" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C93" s="8">
         <v>21739</v>
       </c>
     </row>
     <row r="94" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A94" s="7" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C94" s="8">
         <v>31926</v>
       </c>
     </row>
     <row r="95" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A95" s="7" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C95" s="8">
         <v>91313</v>
       </c>
     </row>
     <row r="96" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A96" s="7" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C96" s="8">
         <v>40345</v>
       </c>
     </row>
     <row r="97" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A97" s="7" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C97" s="8">
         <v>90277</v>
       </c>
     </row>
     <row r="98" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A98" s="7" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C98" s="8">
         <v>45465</v>
       </c>
     </row>
     <row r="99" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A99" s="7" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C99" s="8">
         <v>5553</v>
       </c>
     </row>
     <row r="100" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A100" s="7" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B100" s="7" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C100" s="8">
         <v>40636</v>
       </c>
     </row>
     <row r="101" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A101" s="7" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="B101" s="7" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="C101" s="8">
         <v>90782</v>
       </c>
     </row>
     <row r="102" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A102" s="7" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="B102" s="7" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C102" s="8">
         <v>40281</v>
       </c>
     </row>
     <row r="103" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A103" s="7" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B103" s="7" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C103" s="8">
         <v>3908</v>
       </c>
     </row>
     <row r="104" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A104" s="7" t="s">
-        <v>99</v>
+        <v>188</v>
       </c>
       <c r="B104" s="7" t="s">
-        <v>100</v>
+        <v>189</v>
       </c>
       <c r="C104" s="8">
-        <v>1050</v>
+        <v>40376</v>
       </c>
     </row>
     <row r="105" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A105" s="7" t="s">
-        <v>190</v>
+        <v>53</v>
       </c>
       <c r="B105" s="7" t="s">
-        <v>191</v>
+        <v>54</v>
       </c>
       <c r="C105" s="8">
-        <v>40376</v>
+        <v>32054</v>
       </c>
     </row>
     <row r="106" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A106" s="7" t="s">
-        <v>53</v>
+        <v>190</v>
       </c>
       <c r="B106" s="7" t="s">
-        <v>54</v>
+        <v>191</v>
       </c>
       <c r="C106" s="8">
-        <v>32054</v>
+        <v>577</v>
       </c>
     </row>
     <row r="107" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A107" s="7" t="s">
         <v>192</v>
       </c>
       <c r="B107" s="7" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C107" s="8">
-        <v>577</v>
+        <v>51621</v>
       </c>
     </row>
     <row r="108" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A108" s="7" t="s">
-        <v>194</v>
+        <v>245</v>
       </c>
       <c r="B108" s="7" t="s">
-        <v>194</v>
+        <v>246</v>
       </c>
       <c r="C108" s="8">
-        <v>51621</v>
+        <v>31736</v>
       </c>
     </row>
     <row r="109" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A109" s="7" t="s">
-        <v>195</v>
+        <v>25</v>
       </c>
       <c r="B109" s="7" t="s">
-        <v>196</v>
+        <v>26</v>
       </c>
       <c r="C109" s="8">
-        <v>3957</v>
+        <v>41070</v>
       </c>
     </row>
     <row r="110" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A110" s="7" t="s">
-        <v>249</v>
+        <v>195</v>
       </c>
       <c r="B110" s="7" t="s">
-        <v>250</v>
+        <v>195</v>
       </c>
       <c r="C110" s="8">
-        <v>31736</v>
+        <v>40046</v>
       </c>
     </row>
     <row r="111" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A111" s="7" t="s">
-        <v>25</v>
+        <v>217</v>
       </c>
       <c r="B111" s="7" t="s">
-        <v>26</v>
+        <v>218</v>
       </c>
       <c r="C111" s="8">
-        <v>41070</v>
+        <v>30048</v>
       </c>
     </row>
     <row r="112" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A112" s="7" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B112" s="7" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C112" s="8">
-        <v>40046</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="113" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A113" s="7" t="s">
-        <v>221</v>
+        <v>197</v>
       </c>
       <c r="B113" s="7" t="s">
-        <v>222</v>
+        <v>197</v>
       </c>
       <c r="C113" s="8">
-        <v>30048</v>
+        <v>45628</v>
       </c>
     </row>
     <row r="114" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A114" s="7" t="s">
         <v>200</v>
       </c>
       <c r="B114" s="7" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C114" s="8">
-        <v>3938</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="115" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A115" s="7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B115" s="7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C115" s="8">
-        <v>45628</v>
+        <v>31078</v>
       </c>
     </row>
     <row r="116" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A116" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="B116" s="7" t="s">
         <v>204</v>
       </c>
-      <c r="B116" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C116" s="8">
-        <v>2316</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="117" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A117" s="7" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B117" s="7" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C117" s="8">
-        <v>31078</v>
+        <v>45799</v>
       </c>
     </row>
     <row r="118" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A118" s="7" t="s">
-        <v>207</v>
+        <v>320</v>
       </c>
       <c r="B118" s="7" t="s">
-        <v>208</v>
+        <v>321</v>
       </c>
       <c r="C118" s="8">
-        <v>3075</v>
+        <v>45451</v>
       </c>
     </row>
     <row r="119" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A119" s="7" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B119" s="7" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C119" s="8">
-        <v>45799</v>
+        <v>6859</v>
       </c>
     </row>
     <row r="120" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A120" s="7" t="s">
-        <v>324</v>
+        <v>208</v>
       </c>
       <c r="B120" s="7" t="s">
-        <v>325</v>
+        <v>208</v>
       </c>
       <c r="C120" s="8">
-        <v>45451</v>
+        <v>4881</v>
       </c>
     </row>
     <row r="121" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A121" s="7" t="s">
-        <v>210</v>
+        <v>120</v>
       </c>
       <c r="B121" s="7" t="s">
-        <v>211</v>
+        <v>121</v>
       </c>
       <c r="C121" s="8">
-        <v>6859</v>
+        <v>41463</v>
       </c>
     </row>
     <row r="122" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A122" s="7" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="B122" s="7" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="C122" s="8">
-        <v>4881</v>
+        <v>22528</v>
       </c>
     </row>
     <row r="123" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A123" s="7" t="s">
-        <v>122</v>
+        <v>220</v>
       </c>
       <c r="B123" s="7" t="s">
-        <v>123</v>
+        <v>221</v>
       </c>
       <c r="C123" s="8">
-        <v>41463</v>
+        <v>40368</v>
       </c>
     </row>
     <row r="124" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A124" s="7" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B124" s="7" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C124" s="8">
-        <v>22528</v>
+        <v>40128</v>
       </c>
     </row>
     <row r="125" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A125" s="7" t="s">
-        <v>224</v>
+        <v>78</v>
       </c>
       <c r="B125" s="7" t="s">
-        <v>225</v>
+        <v>79</v>
       </c>
       <c r="C125" s="8">
-        <v>40368</v>
+        <v>40222</v>
       </c>
     </row>
     <row r="126" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A126" s="7" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B126" s="7" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C126" s="8">
-        <v>40128</v>
+        <v>40103</v>
       </c>
     </row>
     <row r="127" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A127" s="7" t="s">
-        <v>78</v>
+        <v>228</v>
       </c>
       <c r="B127" s="7" t="s">
-        <v>79</v>
+        <v>229</v>
       </c>
       <c r="C127" s="8">
-        <v>40222</v>
+        <v>60072</v>
       </c>
     </row>
     <row r="128" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A128" s="7" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B128" s="7" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C128" s="8">
-        <v>40103</v>
+        <v>31560</v>
       </c>
     </row>
     <row r="129" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A129" s="7" t="s">
-        <v>232</v>
+        <v>80</v>
       </c>
       <c r="B129" s="7" t="s">
-        <v>233</v>
+        <v>81</v>
       </c>
       <c r="C129" s="8">
-        <v>60072</v>
+        <v>45787</v>
       </c>
     </row>
     <row r="130" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A130" s="7" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B130" s="7" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C130" s="8">
-        <v>31560</v>
+        <v>40377</v>
       </c>
     </row>
     <row r="131" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A131" s="7" t="s">
-        <v>80</v>
+        <v>234</v>
       </c>
       <c r="B131" s="7" t="s">
-        <v>81</v>
+        <v>234</v>
       </c>
       <c r="C131" s="8">
-        <v>45787</v>
+        <v>45744</v>
       </c>
     </row>
     <row r="132" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A132" s="7" t="s">
-        <v>236</v>
+        <v>23</v>
       </c>
       <c r="B132" s="7" t="s">
-        <v>237</v>
+        <v>24</v>
       </c>
       <c r="C132" s="8">
-        <v>40377</v>
+        <v>6738</v>
       </c>
     </row>
     <row r="133" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A133" s="7" t="s">
-        <v>238</v>
+        <v>251</v>
       </c>
       <c r="B133" s="7" t="s">
-        <v>238</v>
+        <v>252</v>
       </c>
       <c r="C133" s="8">
-        <v>45744</v>
+        <v>31452</v>
       </c>
     </row>
     <row r="134" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A134" s="7" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="B134" s="7" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="C134" s="8">
-        <v>6738</v>
+        <v>90933</v>
       </c>
     </row>
     <row r="135" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A135" s="7" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B135" s="7" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C135" s="8">
-        <v>31452</v>
+        <v>41499</v>
       </c>
     </row>
     <row r="136" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A136" s="7" t="s">
-        <v>101</v>
+        <v>51</v>
       </c>
       <c r="B136" s="7" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="C136" s="8">
-        <v>90933</v>
+        <v>91429</v>
       </c>
     </row>
     <row r="137" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A137" s="7" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B137" s="7" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C137" s="8">
-        <v>41499</v>
+        <v>40309</v>
       </c>
     </row>
     <row r="138" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A138" s="7" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="B138" s="7" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="C138" s="8">
-        <v>91429</v>
+        <v>140107</v>
       </c>
     </row>
     <row r="139" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A139" s="7" t="s">
-        <v>258</v>
+        <v>57</v>
       </c>
       <c r="B139" s="7" t="s">
-        <v>259</v>
+        <v>58</v>
       </c>
       <c r="C139" s="8">
-        <v>40309</v>
+        <v>102358</v>
       </c>
     </row>
     <row r="140" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A140" s="7" t="s">
-        <v>27</v>
+        <v>258</v>
       </c>
       <c r="B140" s="7" t="s">
-        <v>28</v>
+        <v>259</v>
       </c>
       <c r="C140" s="8">
-        <v>140107</v>
+        <v>996</v>
       </c>
     </row>
     <row r="141" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A141" s="7" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="B141" s="7" t="s">
-        <v>58</v>
+        <v>261</v>
       </c>
       <c r="C141" s="8">
-        <v>102358</v>
+        <v>90674</v>
       </c>
     </row>
     <row r="142" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A142" s="7" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B142" s="7" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C142" s="8">
-        <v>996</v>
+        <v>40298</v>
       </c>
     </row>
     <row r="143" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A143" s="7" t="s">
-        <v>264</v>
+        <v>10</v>
       </c>
       <c r="B143" s="7" t="s">
-        <v>265</v>
+        <v>11</v>
       </c>
       <c r="C143" s="8">
-        <v>90674</v>
+        <v>32395</v>
       </c>
     </row>
     <row r="144" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A144" s="7" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B144" s="7" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="C144" s="8">
-        <v>40298</v>
+        <v>4577</v>
       </c>
     </row>
     <row r="145" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A145" s="7" t="s">
-        <v>10</v>
+        <v>237</v>
       </c>
       <c r="B145" s="7" t="s">
-        <v>11</v>
+        <v>238</v>
       </c>
       <c r="C145" s="8">
-        <v>32395</v>
+        <v>51178</v>
       </c>
     </row>
     <row r="146" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A146" s="7" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B146" s="7" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C146" s="8">
-        <v>4577</v>
+        <v>52127</v>
       </c>
     </row>
     <row r="147" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A147" s="7" t="s">
-        <v>241</v>
+        <v>271</v>
       </c>
       <c r="B147" s="7" t="s">
-        <v>242</v>
+        <v>271</v>
       </c>
       <c r="C147" s="8">
-        <v>51178</v>
+        <v>40177</v>
       </c>
     </row>
     <row r="148" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A148" s="7" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B148" s="7" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C148" s="8">
-        <v>52127</v>
+        <v>4192</v>
       </c>
     </row>
     <row r="149" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A149" s="7" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B149" s="7" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C149" s="8">
-        <v>40177</v>
+        <v>45486</v>
       </c>
     </row>
     <row r="150" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A150" s="7" t="s">
-        <v>278</v>
+        <v>256</v>
       </c>
       <c r="B150" s="7" t="s">
-        <v>279</v>
+        <v>257</v>
       </c>
       <c r="C150" s="8">
-        <v>4192</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="151" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A151" s="7" t="s">
-        <v>280</v>
+        <v>243</v>
       </c>
       <c r="B151" s="7" t="s">
-        <v>281</v>
+        <v>244</v>
       </c>
       <c r="C151" s="8">
-        <v>45486</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="152" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A152" s="7" t="s">
-        <v>260</v>
+        <v>278</v>
       </c>
       <c r="B152" s="7" t="s">
-        <v>261</v>
+        <v>279</v>
       </c>
       <c r="C152" s="8">
-        <v>1044</v>
+        <v>121952</v>
       </c>
     </row>
     <row r="153" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A153" s="7" t="s">
-        <v>247</v>
+        <v>280</v>
       </c>
       <c r="B153" s="7" t="s">
-        <v>248</v>
+        <v>280</v>
       </c>
       <c r="C153" s="8">
-        <v>3120</v>
+        <v>40902</v>
       </c>
     </row>
     <row r="154" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A154" s="7" t="s">
-        <v>282</v>
+        <v>264</v>
       </c>
       <c r="B154" s="7" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="C154" s="8">
-        <v>121952</v>
+        <v>40170</v>
       </c>
     </row>
     <row r="155" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A155" s="7" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B155" s="7" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C155" s="8">
-        <v>40902</v>
+        <v>22394</v>
       </c>
     </row>
     <row r="156" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A156" s="7" t="s">
-        <v>268</v>
+        <v>283</v>
       </c>
       <c r="B156" s="7" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="C156" s="8">
-        <v>40170</v>
+        <v>31418</v>
       </c>
     </row>
     <row r="157" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A157" s="7" t="s">
         <v>285</v>
       </c>
       <c r="B157" s="7" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="C157" s="8">
-        <v>22394</v>
+        <v>91058</v>
       </c>
     </row>
     <row r="158" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A158" s="7" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B158" s="7" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C158" s="8">
-        <v>31418</v>
+        <v>45046</v>
       </c>
     </row>
     <row r="159" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A159" s="7" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B159" s="7" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C159" s="8">
-        <v>91058</v>
+        <v>40053</v>
       </c>
     </row>
     <row r="160" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A160" s="7" t="s">
-        <v>292</v>
+        <v>193</v>
       </c>
       <c r="B160" s="7" t="s">
-        <v>293</v>
+        <v>194</v>
       </c>
       <c r="C160" s="8">
-        <v>45046</v>
+        <v>30922</v>
       </c>
     </row>
     <row r="161" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A161" s="7" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B161" s="7" t="s">
         <v>294</v>
       </c>
       <c r="C161" s="8">
-        <v>40053</v>
+        <v>275</v>
       </c>
     </row>
     <row r="162" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A162" s="7" t="s">
-        <v>197</v>
+        <v>295</v>
       </c>
       <c r="B162" s="7" t="s">
-        <v>198</v>
+        <v>296</v>
       </c>
       <c r="C162" s="8">
-        <v>30922</v>
+        <v>41026</v>
       </c>
     </row>
     <row r="163" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A163" s="7" t="s">
         <v>297</v>
       </c>
       <c r="B163" s="7" t="s">
         <v>298</v>
       </c>
       <c r="C163" s="8">
-        <v>275</v>
+        <v>91359</v>
       </c>
     </row>
     <row r="164" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A164" s="7" t="s">
         <v>299</v>
       </c>
       <c r="B164" s="7" t="s">
         <v>300</v>
       </c>
       <c r="C164" s="8">
-        <v>41026</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="165" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A165" s="7" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="B165" s="7" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="C165" s="8">
-        <v>91359</v>
+        <v>90003</v>
       </c>
     </row>
     <row r="166" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A166" s="7" t="s">
-        <v>303</v>
+        <v>59</v>
       </c>
       <c r="B166" s="7" t="s">
-        <v>304</v>
+        <v>60</v>
       </c>
       <c r="C166" s="8">
-        <v>2370</v>
+        <v>50834</v>
       </c>
     </row>
     <row r="167" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A167" s="7" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="B167" s="7" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="C167" s="8">
-        <v>90003</v>
+        <v>88021</v>
       </c>
     </row>
     <row r="168" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A168" s="7" t="s">
-        <v>59</v>
+        <v>306</v>
       </c>
       <c r="B168" s="7" t="s">
-        <v>60</v>
+        <v>306</v>
       </c>
       <c r="C168" s="8">
-        <v>50834</v>
+        <v>40038</v>
       </c>
     </row>
     <row r="169" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A169" s="7" t="s">
         <v>307</v>
       </c>
       <c r="B169" s="7" t="s">
         <v>307</v>
       </c>
       <c r="C169" s="8">
-        <v>88021</v>
+        <v>45241</v>
       </c>
     </row>
     <row r="170" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A170" s="7" t="s">
-        <v>310</v>
+        <v>114</v>
       </c>
       <c r="B170" s="7" t="s">
-        <v>310</v>
+        <v>115</v>
       </c>
       <c r="C170" s="8">
-        <v>40038</v>
+        <v>40119</v>
       </c>
     </row>
     <row r="171" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A171" s="7" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="B171" s="7" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C171" s="8">
-        <v>45241</v>
+        <v>32220</v>
       </c>
     </row>
     <row r="172" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A172" s="7" t="s">
-        <v>116</v>
+        <v>209</v>
       </c>
       <c r="B172" s="7" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="C172" s="8">
-        <v>40119</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="173" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A173" s="7" t="s">
-        <v>312</v>
+        <v>16</v>
       </c>
       <c r="B173" s="7" t="s">
-        <v>313</v>
+        <v>17</v>
       </c>
       <c r="C173" s="8">
-        <v>32220</v>
+        <v>452</v>
       </c>
     </row>
     <row r="174" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A174" s="7" t="s">
-        <v>213</v>
+        <v>249</v>
       </c>
       <c r="B174" s="7" t="s">
-        <v>214</v>
+        <v>250</v>
       </c>
       <c r="C174" s="8">
-        <v>2293</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="175" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A175" s="7" t="s">
-        <v>16</v>
+        <v>286</v>
       </c>
       <c r="B175" s="7" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="C175" s="8">
-        <v>452</v>
+        <v>170</v>
       </c>
     </row>
     <row r="176" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A176" s="7" t="s">
-        <v>253</v>
+        <v>312</v>
       </c>
       <c r="B176" s="7" t="s">
-        <v>254</v>
+        <v>313</v>
       </c>
       <c r="C176" s="8">
-        <v>1036</v>
+        <v>40117</v>
       </c>
     </row>
     <row r="177" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A177" s="7" t="s">
-        <v>290</v>
+        <v>310</v>
       </c>
       <c r="B177" s="7" t="s">
-        <v>291</v>
+        <v>311</v>
       </c>
       <c r="C177" s="8">
-        <v>170</v>
+        <v>269</v>
       </c>
     </row>
     <row r="178" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A178" s="7" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="B178" s="7" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C178" s="8">
-        <v>40117</v>
+        <v>40058</v>
       </c>
     </row>
     <row r="179" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A179" s="7" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B179" s="7" t="s">
         <v>315</v>
       </c>
       <c r="C179" s="8">
-        <v>269</v>
+        <v>41373</v>
       </c>
     </row>
     <row r="180" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A180" s="7" t="s">
-        <v>318</v>
+        <v>36</v>
       </c>
       <c r="B180" s="7" t="s">
-        <v>318</v>
+        <v>37</v>
       </c>
       <c r="C180" s="8">
-        <v>40058</v>
+        <v>91007</v>
       </c>
     </row>
     <row r="181" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A181" s="7" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="B181" s="7" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C181" s="8">
-        <v>41373</v>
+        <v>20891</v>
       </c>
     </row>
     <row r="182" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A182" s="7" t="s">
-        <v>36</v>
+        <v>318</v>
       </c>
       <c r="B182" s="7" t="s">
-        <v>37</v>
+        <v>319</v>
       </c>
       <c r="C182" s="8">
-        <v>91007</v>
+        <v>6855</v>
       </c>
     </row>
     <row r="183" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A183" s="7" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="B183" s="7" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="C183" s="8">
-        <v>20891</v>
+        <v>40374</v>
       </c>
     </row>
     <row r="184" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A184" s="7" t="s">
-        <v>322</v>
+        <v>198</v>
       </c>
       <c r="B184" s="7" t="s">
-        <v>323</v>
+        <v>199</v>
       </c>
       <c r="C184" s="8">
-        <v>6855</v>
+        <v>6194</v>
       </c>
     </row>
     <row r="185" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A185" s="7" t="s">
         <v>326</v>
       </c>
       <c r="B185" s="7" t="s">
         <v>327</v>
       </c>
       <c r="C185" s="8">
-        <v>40374</v>
+        <v>21622</v>
       </c>
     </row>
     <row r="186" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A186" s="7" t="s">
-        <v>202</v>
+        <v>328</v>
       </c>
       <c r="B186" s="7" t="s">
-        <v>203</v>
+        <v>328</v>
       </c>
       <c r="C186" s="8">
-        <v>6194</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="187" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A187" s="7" t="s">
-        <v>330</v>
+        <v>12</v>
       </c>
       <c r="B187" s="7" t="s">
-        <v>331</v>
+        <v>13</v>
       </c>
       <c r="C187" s="8">
-        <v>21622</v>
+        <v>6653</v>
       </c>
     </row>
     <row r="188" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A188" s="7" t="s">
-        <v>332</v>
+        <v>226</v>
       </c>
       <c r="B188" s="7" t="s">
-        <v>332</v>
+        <v>227</v>
       </c>
       <c r="C188" s="8">
-        <v>3045</v>
+        <v>40049</v>
       </c>
     </row>
     <row r="189" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A189" s="7" t="s">
-        <v>12</v>
+        <v>106</v>
       </c>
       <c r="B189" s="7" t="s">
-        <v>13</v>
+        <v>107</v>
       </c>
       <c r="C189" s="8">
-        <v>6653</v>
-[...20 lines deleted...]
-      <c r="C191" s="8">
         <v>40246</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:C2" xr:uid="{00000000-0009-0000-0000-000000000000}">
-    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C191">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C189">
       <sortCondition ref="A2"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial"&amp;12&amp;KA80000 OFFICIAL&amp;1#_x000D_</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" contentBits="3" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Contracted RTOs - 03032026</vt:lpstr>
+      <vt:lpstr>Contracted RTOs - 24032026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Grid Export Data</dc:title>
   <dc:creator>Peter Kennedy</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Skills for All Contracts</cp:category>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Source">