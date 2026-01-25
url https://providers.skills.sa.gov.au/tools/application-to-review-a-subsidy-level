--- v0 (2025-10-14)
+++ v1 (2026-01-25)
@@ -1,3765 +1,4728 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="190461A4" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00491AEC">
-[...125 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+    <w:p w14:paraId="529DB06C" w14:textId="716F9E2E" w:rsidR="00605644" w:rsidRPr="008A47BB" w:rsidRDefault="007F2F54" w:rsidP="008B0734">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="27343A"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+          <w:lang w:val="en-AU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:color w:val="27343A"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="621443A5" wp14:editId="4E7B25F1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>84582</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2852496</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5179162" cy="2417275"/>
+                <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1250291224" name="Text Box 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5179162" cy="2417275"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="22F0A35A" w14:textId="5DEF5DAF" w:rsidR="007F2F54" w:rsidRDefault="00F131D4" w:rsidP="00F131D4">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00F131D4">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t>Application to Review</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F131D4">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                                <w:sz w:val="56"/>
+                                <w:szCs w:val="56"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t>a Subsidy</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7ABCEBFF" w14:textId="77777777" w:rsidR="00C93A7A" w:rsidRDefault="00C93A7A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="49941F0E" w14:textId="288E80D6" w:rsidR="00C93A7A" w:rsidRPr="00C93A7A" w:rsidRDefault="00C93A7A" w:rsidP="00F131D4">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C93A7A">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t>Re</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F131D4">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                                <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                                <w:sz w:val="40"/>
+                                <w:szCs w:val="40"/>
+                                <w:lang w:val="en-AU"/>
+                              </w:rPr>
+                              <w:t>lease date: 27 March 2019</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="621443A5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:6.65pt;margin-top:224.6pt;width:407.8pt;height:190.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCNtmJFGAIAAC0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC817JUL41gOXATuChg&#10;JAGcImeaIi0BFIclaUvu13dIyQvSnopeqBnOaJb3Hhf3XaPIUVhXgy5oOhpTIjSHstb7gv54XX/6&#10;QonzTJdMgRYFPQlH75cfPyxak4sMKlClsASLaJe3pqCV9yZPEscr0TA3AiM0BiXYhnl07T4pLWux&#10;eqOSbDyeJS3Y0ljgwjm8feyDdBnrSym4f5bSCU9UQXE2H08bz104k+WC5XvLTFXzYQz2D1M0rNbY&#10;9FLqkXlGDrb+o1RTcwsOpB9xaBKQsuYi7oDbpON322wrZkTcBcFx5gKT+39l+dNxa14s8d1X6JDA&#10;AEhrXO7wMuzTSduEL05KMI4Qni6wic4TjpfTdH6XzjJKOMaySTrP5tNQJ7n+bqzz3wQ0JBgFtchL&#10;hIsdN873qeeU0E3DulYqcqM0aQs6+zwdxx8uESyuNPa4Dhss3+26YYMdlCdczELPuTN8XWPzDXP+&#10;hVkkGXdB4fpnPKQCbAKDRUkF9tff7kM+Yo9RSloUTUHdzwOzghL1XSMrd+lkElQWncl0nqFjbyO7&#10;24g+NA+AukzxiRgezZDv1dmUFpo31PcqdMUQ0xx7F9SfzQffSxnfBxerVUxCXRnmN3preCgd4AzQ&#10;vnZvzJoBf4/UPcFZXix/R0Of2xOxOniQdeQoANyjOuCOmowsD+8niP7Wj1nXV778DQAA//8DAFBL&#10;AwQUAAYACAAAACEAOFyZwOEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qk&#10;bixdN1Bbmk5TpQkJwWFjF25uk7XVGqc02VZ4erwT3PzLn35/zleT7cXZjL5zpGA+i0AYqp3uqFGw&#10;/9g8JCB8QNLYOzIKvo2HVXF7k2Om3YW25rwLjeAS8hkqaEMYMil93RqLfuYGQ7w7uNFi4Dg2Uo94&#10;4XLbyziKnqTFjvhCi4MpW1Mfdyer4LXcvOO2im3y05cvb4f18LX/fFTq/m5aP4MIZgp/MFz1WR0K&#10;dqrcibQXPefFgkkFy2Uag2AgiZMURHUd0hRkkcv/LxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAI22YkUYAgAALQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhADhcmcDhAAAACgEAAA8AAAAAAAAAAAAAAAAAcgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="22F0A35A" w14:textId="5DEF5DAF" w:rsidR="007F2F54" w:rsidRDefault="00F131D4" w:rsidP="00F131D4">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00F131D4">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t>Application to Review</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00F131D4">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                          <w:sz w:val="56"/>
+                          <w:szCs w:val="56"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t>a Subsidy</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7ABCEBFF" w14:textId="77777777" w:rsidR="00C93A7A" w:rsidRDefault="00C93A7A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="49941F0E" w14:textId="288E80D6" w:rsidR="00C93A7A" w:rsidRPr="00C93A7A" w:rsidRDefault="00C93A7A" w:rsidP="00F131D4">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C93A7A">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t>Re</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F131D4">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+                          <w:sz w:val="40"/>
+                          <w:szCs w:val="40"/>
+                          <w:lang w:val="en-AU"/>
+                        </w:rPr>
+                        <w:t>lease date: 27 March 2019</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00605644" w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="27343A"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="153616B8" w14:textId="77777777" w:rsidR="000243C7" w:rsidRPr="008A47BB" w:rsidRDefault="000243C7" w:rsidP="000243C7">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:id w:val="330798465"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="DengXian" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:id w:val="-453182558"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
-          <w:color w:val="262626"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="34562850" w14:textId="7D546441" w:rsidR="00305C37" w:rsidRDefault="00305C37">
+        <w:p w14:paraId="16EFF30E" w14:textId="0A7CD832" w:rsidR="000243C7" w:rsidRPr="008A47BB" w:rsidRDefault="000243C7" w:rsidP="008A47BB">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
+            <w:numPr>
+              <w:ilvl w:val="0"/>
+              <w:numId w:val="0"/>
+            </w:numPr>
+            <w:ind w:left="432" w:hanging="432"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="008A47BB">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5EB27AA7" w14:textId="43F7561B" w:rsidR="00305C37" w:rsidRDefault="00305C37">
+        <w:p w14:paraId="1E8E0D07" w14:textId="1281998A" w:rsidR="00356904" w:rsidRDefault="000243C7">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
+              <w:tab w:val="left" w:pos="480"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9622"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
-              <w:lang w:eastAsia="en-AU"/>
+              <w:kern w:val="2"/>
+              <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="008A47BB">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="008A47BB">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="008A47BB">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc108616803" w:history="1">
-            <w:r w:rsidRPr="007E236E">
+          <w:hyperlink w:anchor="_Toc219446016" w:history="1">
+            <w:r w:rsidR="00356904" w:rsidRPr="001C41D7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>Application to Review a Subsidy</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00356904">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00356904" w:rsidRPr="001C41D7">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:r w:rsidR="00356904">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00356904">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00356904">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc108616803 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219446016 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00356904">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00356904">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00356904">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00356904">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="001851AE" w14:textId="68F0BAFB" w:rsidR="00305C37" w:rsidRDefault="00305C37">
+        <w:p w14:paraId="4A9689A7" w14:textId="4704947B" w:rsidR="00356904" w:rsidRDefault="00356904">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
+              <w:tab w:val="left" w:pos="480"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9622"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
-              <w:lang w:eastAsia="en-AU"/>
+              <w:kern w:val="2"/>
+              <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc108616804" w:history="1">
-            <w:r w:rsidRPr="007E236E">
+          <w:hyperlink w:anchor="_Toc219446017" w:history="1">
+            <w:r w:rsidRPr="001C41D7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>1. Introduction</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001C41D7">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Analysis of Course and Concerns</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc108616804 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219446017 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="40024119" w14:textId="606F37E5" w:rsidR="00305C37" w:rsidRDefault="00305C37">
+        <w:p w14:paraId="0C2BA9C8" w14:textId="2C7CE629" w:rsidR="00356904" w:rsidRDefault="00356904">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9622"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219446018" w:history="1">
+            <w:r w:rsidRPr="001C41D7">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001C41D7">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Basic Details</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219446018 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="021D1688" w14:textId="7E29766B" w:rsidR="00356904" w:rsidRDefault="00356904">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9622"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219446019" w:history="1">
+            <w:r w:rsidRPr="001C41D7">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2.2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001C41D7">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>If the Request for Review is Regarding Subsidy Price:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219446019 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="30F60DB7" w14:textId="766FEEBC" w:rsidR="00356904" w:rsidRDefault="00356904">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9622"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219446020" w:history="1">
+            <w:r w:rsidRPr="001C41D7">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2.3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001C41D7">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>If Request for Review is Regarding Assignment of Field of Education:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219446020 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="6A78E2B2" w14:textId="48433986" w:rsidR="00356904" w:rsidRDefault="00356904">
+          <w:pPr>
+            <w:pStyle w:val="TOC2"/>
+            <w:tabs>
+              <w:tab w:val="left" w:pos="960"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9622"/>
+            </w:tabs>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:noProof/>
+              <w:kern w:val="2"/>
+              <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
+            </w:rPr>
+          </w:pPr>
+          <w:hyperlink w:anchor="_Toc219446021" w:history="1">
+            <w:r w:rsidRPr="001C41D7">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2.4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001C41D7">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>If Request for Review is Regarding Payment Hours:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219446021 \h </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:webHidden/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:hyperlink>
+        </w:p>
+        <w:p w14:paraId="3A9DC6DE" w14:textId="40DFF91D" w:rsidR="00356904" w:rsidRDefault="00356904">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
-              <w:tab w:val="right" w:leader="dot" w:pos="9730"/>
+              <w:tab w:val="left" w:pos="480"/>
+              <w:tab w:val="right" w:leader="dot" w:pos="9622"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
-              <w:color w:val="auto"/>
-              <w:lang w:eastAsia="en-AU"/>
+              <w:kern w:val="2"/>
+              <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+              <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc108616805" w:history="1">
-            <w:r w:rsidRPr="007E236E">
+          <w:hyperlink w:anchor="_Toc219446022" w:history="1">
+            <w:r w:rsidRPr="001C41D7">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>2. Analysis of Course and Concerns</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:kern w:val="2"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="001C41D7">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>Attachment 1 – Cost Build</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc108616805 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc219446022 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="31884176" w14:textId="70EA63DA" w:rsidR="00305C37" w:rsidRDefault="00305C37">
+        <w:p w14:paraId="0E4C1C8E" w14:textId="51E30452" w:rsidR="000243C7" w:rsidRPr="008A47BB" w:rsidRDefault="000243C7">
           <w:pPr>
-            <w:pStyle w:val="TOC2"/>
-[...2 lines deleted...]
-            </w:tabs>
             <w:rPr>
-              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-              <w:lang w:eastAsia="en-AU"/>
+              <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc108616806" w:history="1">
-[...63 lines deleted...]
-            </w:tabs>
+          <w:r w:rsidRPr="008A47BB">
             <w:rPr>
-              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
-[...282 lines deleted...]
-            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="37DDC3B4" w14:textId="65CE3F5E" w:rsidR="00305C37" w:rsidRPr="00F63EF4" w:rsidRDefault="00305C37" w:rsidP="00305C37">
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ja-JP"/>
+    <w:p w14:paraId="3ABACA81" w14:textId="78787A67" w:rsidR="000243C7" w:rsidRPr="008A47BB" w:rsidRDefault="000243C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-AU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42967279" w14:textId="2F0F65D8" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="536CD201" w14:textId="28EE96E7" w:rsidR="00EE28C5" w:rsidRPr="002B17FC" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="PPHeading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc219446016"/>
+      <w:r w:rsidRPr="008A47BB">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">1. </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="20B26E1E" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="3C907CE1" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">This document outlines the information required to request a subsidy price review for courses funded that are documented on the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A101F1">
-        <w:rPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>Subsidised Training List.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7837266C" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="0E1389F3" w14:textId="04BA1499" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="004A0D19" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="76C9FFE8" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A0D19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>All training providers, registered training organisations (RTOs) or other interested parties regardless of whether they have an existing contract with the South Australian Government can use this application form to request a review of the subsidy price based on one or all of the following</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE28C5" w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9FEA53" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="3E6B5F18" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>subsidy rate;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77ED2AB8" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>payment hours; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="382BE047" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="608CDA5D" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">assignment of a unit to a Field of Education. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0647E55A" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="16A21600" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-        <w:rPr>
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Applicants should provide as much detail as possible to allow a full assessment to be carried out.  The form provides a guide to the minimum requirements and may be modified to include additional information.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F367435" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="6332CD46" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Once an assessment has been carried out the applicant will be notified in writing of the outcome.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE1F4E7" w14:textId="0B06D8FD" w:rsidR="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="2EF9D703" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:rPr>
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F63EF4">
-        <w:rPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Completed applications should be emailed to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00F63EF4">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="008A47BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Subsidy.Support@sa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F63EF4">
-        <w:rPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20BF09B3" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRDefault="00F63EF4">
-[...8 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="3C73ABBE" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AF48177" w14:textId="61177BF5" w:rsidR="00EE28C5" w:rsidRDefault="00EE28C5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-AU" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645F82DE" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...11 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="3205E284" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="120" w:line="264" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-AU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc536616745"/>
+      <w:r w:rsidRPr="00F131D4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-AU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Review Details</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...9 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="26CFAC5C" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-AU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F131D4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-AU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Please complete:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="3172"/>
         <w:gridCol w:w="3173"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="1CED124B" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="035FA8CA" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="25BB4905" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="08140710" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
+                <w:color w:val="262626"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Registered Training Organisation Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="2B0A636D" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="46460D36" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE39A0B" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="07DAF4CD" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>NTIS ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F9966D2" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="75EDFE6A" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="20CBAD2B" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="60F53CBD" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="48951DF8" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="0875AF41" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>RTO Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BAB96FA" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="25D113E7" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="55A5F7CE" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="29C8C78F" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="40BF14E0" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="3B2804DD" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Contact Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3172" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7D90AF6F" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="094F62D6" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(Last Name)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3173" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="32A74244" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="458F6955" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(First Name)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="47DBA7D8" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="5B82263B" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5B207027" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="169C7F16" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Contact Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="067B6B9A" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="0CC42312" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Postal Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="5129CF90" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="7659759E" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="50C2EC73" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidDel="003F0A79" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="2B018438" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidDel="003F0A79" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="60F5CF97" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="743A2990" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Phone Number </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="50244BBA" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="2770BA66" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0C9CE1" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidDel="003F0A79" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="6102156C" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidDel="003F0A79" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1AEB4E37" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="27FCC726" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>E-Mail Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B79FDCF" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="2AAB9A5F" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-AU" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="6345"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="41A2AC40" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="1612C44C" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="320A9C82" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="144DF4A6" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
+                <w:color w:val="262626"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Nature of Review</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5C22E471" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="0DAF3862" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Subsidy Price Per Hour / Payment Hours / Assignment of FOE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="0CFA37E8" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="12D2DBE3" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18B6EDFE" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="69015007" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Description of Issue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3CD4DB7A" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="72681420" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Please describe</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CF4A59F" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="1DD90BEF" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6082977B" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="2AAB907D" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="1357D473" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="4EE28C81" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:trPr>
           <w:trHeight w:val="1568"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="763F7A2C" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="3E4A4A17" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Other Review</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3EE158" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="430917CB" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Please describe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B7DED69" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="64350ED2" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-AU" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="6345"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="215A4471" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="5DCD9830" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1909A060" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="628685F3" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
+                <w:color w:val="262626"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Course Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="679F817A" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="1EA36D80" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F00540E" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="33544C45" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Course/s Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA56EFB" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="43FEBCF2" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Course/s Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="21EE5FD9" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="20B7DA8C" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6D370D8B" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="7EAC9C51" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="740F80BC" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="3EF5C0F1" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="11CA943A" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="74F7BE94" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23A52627" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="5F573C95" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="11B558AC" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="30BC140B" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7517824B" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="3A59C3C3" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50DFD130" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="4847E402" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-AU" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="6345"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="1609B8FA" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="5087730A" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3568F19C" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="0902EE95" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="24"/>
+                <w:color w:val="262626"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Unit Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="7D60B1D2" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="3CAC9B0A" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0E0A175B" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="77552736" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Unit Code/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="342EAAF1" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="18CE47FE" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00F131D4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Unit Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w14:paraId="59348782" w14:textId="77777777" w:rsidTr="004A4A75">
+      <w:tr w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w14:paraId="4A2FEA8B" w14:textId="77777777" w:rsidTr="00D82D22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0192B011" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="44C49836" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="73792981" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="451037B1" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A3A35F3" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="1A35669B" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7634627F" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="0DAE11F7" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="52B39D51" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="69F3F969" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6345" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4FA71DF1" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+          <w:p w14:paraId="4FB41253" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00D82D22">
             <w:pPr>
-              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="MS Mincho" w:cs="Arial"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4555E389" w14:textId="4F3F61B7" w:rsidR="00F63EF4" w:rsidRPr="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2B45C205" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00F131D4" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="145"/>
+        <w:ind w:right="255"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri Light" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CFB5C04" w14:textId="7D9DE099" w:rsidR="00EE28C5" w:rsidRDefault="00EE28C5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-AU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:br w:type="page"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="64800C81" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="PPHeading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc219446017"/>
+      <w:r w:rsidRPr="008A47BB">
+        <w:lastRenderedPageBreak/>
+        <w:t>Analysis of Course and Concerns</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="1F6C9BCA" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:t xml:space="preserve">In this area, we require the following issues to be addressed. Please attach related useful and supporting documents that may provide information in the assessment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A14F94" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:t>Please provide a description and analysis of the following, as a minimum. Please add extra information as appropriate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B76A746" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71FBFF58" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="PPHeading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc219446018"/>
+      <w:r w:rsidRPr="008A47BB">
+        <w:t>Basic Details</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="4"/>
-[...74 lines deleted...]
-    <w:p w14:paraId="1B9D4451" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    </w:p>
+    <w:p w14:paraId="6B7FC7C8" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:after="240" w:line="280" w:lineRule="exact"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>The Cost Build of the services delivered using the template in Attachment 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B52A918" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="20202464" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-[...20 lines deleted...]
-    <w:p w14:paraId="2D2DFD79" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Cost Build must be on a full cost attribution basis and may be estimated on a standard cost basis. The cost of service can be determined on a course or unit basis over a period of time. The time period selected should be sufficiently long enough to result in a representative cost of the service. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C20D6FD" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-[...20 lines deleted...]
-    <w:p w14:paraId="5861D942" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>Estimating the number of Lecturer’s /Trainer’s / Assessor’s standard service hours during this period is important. The measure of time includes all time in providing the service during the specified period i.e.: preparation of delivery, delivering and/or assessing. This is time that is directly associated with the provision of the service. It does not include time for management, support or for activities such as general administration, professional development or downtime. The measure is more than “contact time” with the student as this can vary greatly when using different delivery methods.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E46666" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Business Delivery Model</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD88BB3" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="6F3943A0" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">A description of the Client Base, such as: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7419E2" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="02E43289" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Enterprise, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
         </w:rPr>
-        <w:t>e.g.</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="3311D45C" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+        <w:t>e.g. Serving Employer Demand for Training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07736A58" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Other, </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:i/>
         </w:rPr>
-        <w:t>e.g.</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="4E0C9E6B" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+        <w:t xml:space="preserve">e.g. School Leavers, Unemployed, COT, individuals, etc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C36AC4" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Number of student enrolments in the course per year (including average class size).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55265645" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="70E3C5E5" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Number of completions (certificates issued) in the course per year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC88862" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="6D2BD80D" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
-[...11 lines deleted...]
-    <w:p w14:paraId="3A24DFFC" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>Delivery mode (e.g. face to face, blended, online etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460C6049" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Details of Course Fee</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B18BDB" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="63D6AA35" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Inclusive of all charges to the student separating the Course Fee from Incidental Expenses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4F2B13" w14:textId="70288929" w:rsidR="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="3D4C9D5A" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="5E22EE4B" w14:textId="6FE72DE1" w:rsidR="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>Any other additional funding available (e.g. project management, learner support etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F3D6754" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31B1CEFE" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-AU" w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5EB913" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="PPHeading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc219446019"/>
+      <w:r w:rsidRPr="008A47BB">
+        <w:lastRenderedPageBreak/>
+        <w:t>If the Request for Review is Regarding Subsidy Price:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="05EEB65E" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-        <w:numPr>
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Course or service cost profile</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3999916B" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="31D6EAEC" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00356904" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>A detailed explanation as to why the current subsidy price is insufficient relative to the costs outlined in Attachment 1.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="536C885E" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="1CFF311C" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Any barriers creating unnecessary cost pressures.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B85778" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="050BBCB1" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Overall financial exposure of subsidy issue (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A101F1">
-[...1 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00356904">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>annual exposure).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C00377E" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="2E528AA6" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Suggested solution to issue</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F5D8648" w14:textId="6DBCF3A4" w:rsidR="00F63EF4" w:rsidRPr="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="2F9DCC8F" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00356904" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="04DBBE63" w14:textId="1FD622A6" w:rsidR="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>i.e. recommended subsidy level, and information/evidence to support this decision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53BD6403" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23B2ADAB" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="PPHeading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc219446020"/>
+      <w:r w:rsidRPr="008A47BB">
+        <w:t>If Request for Review is Regarding Assignment of Field of Education:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="18BD4626" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-        <w:numPr>
-[...31 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>A benchmark comparison of unit to similar units in same or different Field of Education, using:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D8AC99D" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="3038EF28" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Performance Criteria</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0065710B" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="133B92B9" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00356904" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Required Skills and Knowledge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EAE60C7" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="6F7877BB" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00356904" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Evidence Requirements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C38B76" w14:textId="09085512" w:rsidR="00F63EF4" w:rsidRPr="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="7B96276F" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00356904" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>The recommended alternative to the current Field of Education</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FB4484A" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="4A73B9BF" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54A9A7EE" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="PPHeading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc219446021"/>
+      <w:r w:rsidRPr="008A47BB">
+        <w:t>If Request for Review is Regarding Payment Hours:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="0B9C439C" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00356904" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
-        <w:numPr>
-[...44 lines deleted...]
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">Breakdown of Lecturer’s / Trainer’s / Assessor’s time required for: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A02173" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="04DA6B9A" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Preparation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="222FF911" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="4A5EA1B3" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Delivery</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2572D52C" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="2B6E370E" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t>Assessment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4168C436" w14:textId="73585D84" w:rsidR="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="3E42E48F" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="00356904" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>An explanation as to why the delivery method employed may require different payment hours</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356904">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27471EF0" w14:textId="77777777" w:rsidR="00EE28C5" w:rsidRPr="008A47BB" w:rsidRDefault="00EE28C5" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AE50897" w14:textId="77777777" w:rsidR="00F131D4" w:rsidRPr="008A47BB" w:rsidRDefault="00F131D4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="259490"/>
+          <w:kern w:val="32"/>
           <w:sz w:val="32"/>
-        </w:rPr>
-[...20 lines deleted...]
-          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-AU" w:eastAsia="ja-JP"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DCB93C2" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4577127E" w14:textId="5E6F86CC" w:rsidR="00F332BA" w:rsidRPr="008A47BB" w:rsidRDefault="00F131D4" w:rsidP="00EE28C5">
+      <w:pPr>
+        <w:pStyle w:val="PPHeading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc219446022"/>
+      <w:r w:rsidRPr="008A47BB">
         <w:lastRenderedPageBreak/>
-        <w:t>Attachment 1 –</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00A101F1">
+        <w:t>Attachment 1 – Cost Build</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="5747FBB2" w14:textId="7F5EBA0E" w:rsidR="00F131D4" w:rsidRPr="008A47BB" w:rsidRDefault="008A47BB" w:rsidP="00F131D4">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
         <w:t>The following can be used as a template for the course build</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECD66B4" w14:textId="1F2B5678" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...7 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="1D0C6D0B" w14:textId="77777777" w:rsidR="008A47BB" w:rsidRPr="008A47BB" w:rsidRDefault="008A47BB" w:rsidP="008A47BB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34FF361C" wp14:editId="00FDAEE6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62FEAD00" wp14:editId="5F3FC9C4">
             <wp:extent cx="5876925" cy="4953000"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5876925" cy="4953000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18E9D971" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A101F1">
+    <w:p w14:paraId="6E607CE1" w14:textId="00C00EA6" w:rsidR="00212C0F" w:rsidRPr="008A47BB" w:rsidRDefault="008A47BB" w:rsidP="008A47BB">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
         <w:t>Please Note:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E47738E" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Bullets"/>
+    <w:p w14:paraId="1ED1B8F5" w14:textId="77777777" w:rsidR="008A47BB" w:rsidRPr="008A47BB" w:rsidRDefault="008A47BB" w:rsidP="00356904">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F63EF4">
+      <w:r w:rsidRPr="008A47BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Standard cost means the costs planned to be incurred for providing the service.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7628EE91" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Bullets"/>
+    <w:p w14:paraId="6EB15BA7" w14:textId="77777777" w:rsidR="008A47BB" w:rsidRPr="008A47BB" w:rsidRDefault="008A47BB" w:rsidP="008A47BB">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F63EF4">
+      <w:r w:rsidRPr="008A47BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Lecturer’s /Trainer’s / Assessor’s standard service hours is:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5524AB" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="25160EE7" w14:textId="79C46B05" w:rsidR="008A47BB" w:rsidRPr="008A47BB" w:rsidRDefault="008A47BB" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>a measure of time that includes all time in providing the service during the specified period i</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC61E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC61E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">: preparation of delivery, delivering and/or assessing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6C6E7E" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="5A4689DC" w14:textId="77777777" w:rsidR="008A47BB" w:rsidRPr="008A47BB" w:rsidRDefault="008A47BB" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve">time that is directly associated with the provision of the service. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56D79E5B" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00F63EF4" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...1 lines deleted...]
-        <w:pStyle w:val="Bullets"/>
+    <w:p w14:paraId="5F23A3DF" w14:textId="77777777" w:rsidR="008A47BB" w:rsidRPr="008A47BB" w:rsidRDefault="008A47BB" w:rsidP="008A47BB">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F63EF4">
+      <w:r w:rsidRPr="008A47BB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>It does not include time for:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E2E6F2" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+    <w:p w14:paraId="755291E0" w14:textId="77777777" w:rsidR="008A47BB" w:rsidRPr="008A47BB" w:rsidRDefault="008A47BB" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="23C29C3F" w14:textId="77777777" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">management, support or for activities such as general administration, professional development or downtime. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B4028D" w14:textId="77777777" w:rsidR="008A47BB" w:rsidRPr="008A47BB" w:rsidRDefault="008A47BB" w:rsidP="00356904">
       <w:pPr>
         <w:pStyle w:val="Bullets"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A101F1">
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t>research and development of learning materials. While this is a cost that may be incurred by the lecturer or trainer it is a cost that is captured in the overhead cost of the organisation rather than the cost of delivering services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED2D294" w14:textId="77777777" w:rsidR="008A47BB" w:rsidRPr="008A47BB" w:rsidRDefault="008A47BB" w:rsidP="00356904">
+      <w:pPr>
+        <w:pStyle w:val="Bullets"/>
+        <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A47BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>research and development of learning materials. While this is a cost that may be incurred by the lecturer or trainer it is a cost that is captured in the overhead cost of the organisation rather than the cost of delivering services.</w:t>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A101F1">
         <w:t>Any cost that is not related to the direct delivery, however incurred to support the delivery should be included under Organisational (Overhead) Costs to reflect full cost attribution basis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74FBFD10" w14:textId="1F811E3A" w:rsidR="00F63EF4" w:rsidRPr="00A101F1" w:rsidRDefault="00F63EF4" w:rsidP="00F63EF4">
-[...11 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:p w14:paraId="1385F9C9" w14:textId="1D9494D0" w:rsidR="00212C0F" w:rsidRPr="008A47BB" w:rsidRDefault="00212C0F" w:rsidP="00B56F99">
+      <w:pPr>
+        <w:pStyle w:val="BodyCopy10pt"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00212C0F" w:rsidRPr="008A47BB" w:rsidSect="008A47BB">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1135" w:right="1080" w:bottom="2552" w:left="1080" w:header="709" w:footer="71" w:gutter="0"/>
+      <w:pgMar w:top="2142" w:right="1134" w:bottom="1463" w:left="1134" w:header="0" w:footer="730" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="400"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7631A15F" w14:textId="77777777" w:rsidR="00775A05" w:rsidRDefault="00775A05" w:rsidP="001D7BAF">
+    <w:p w14:paraId="0B53F6D7" w14:textId="77777777" w:rsidR="00BB7827" w:rsidRDefault="00BB7827" w:rsidP="00001106">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6908B24B" w14:textId="77777777" w:rsidR="00775A05" w:rsidRDefault="00775A05"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C188562" w14:textId="77777777" w:rsidR="00775A05" w:rsidRDefault="00775A05" w:rsidP="001D7BAF">
+    <w:p w14:paraId="118A432C" w14:textId="77777777" w:rsidR="00BB7827" w:rsidRDefault="00BB7827" w:rsidP="00001106">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13C1D01A" w14:textId="77777777" w:rsidR="00775A05" w:rsidRDefault="00775A05"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Grande">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DINPro-Light">
-[...9 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...32 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3F49BD29" w14:textId="4845CE5D" w:rsidR="008B0A42" w:rsidRPr="00DB04E5" w:rsidRDefault="008B0A42" w:rsidP="002932A5">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="31C55BDD" w14:textId="680E9EC9" w:rsidR="00605644" w:rsidRDefault="00605644">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:jc w:val="right"/>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13EE6EE5" wp14:editId="29024E42">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="12065" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1947928913" name="Text Box 5" descr="OFFICIAL ">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="686435" cy="365760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3510014A" w14:textId="420E4D46" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00605644">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">OFFICIAL </w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="13EE6EE5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251658752;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDq31tlEAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwlsoduIsKK7oqqE&#10;dldiqz0bxyaRYo81NiT013dsCLTbnqpenMnMeD7ee57f9aZlB4W+AVvy8SjnTFkJVWN3Jf/+svpw&#10;y5kPwlaiBatKflSe3y3ev5t3rlATqKGtFDIqYn3RuZLXIbgiy7yslRF+BE5ZCmpAIwL94i6rUHRU&#10;3bTZJM9nWQdYOQSpvCfvwynIF6m+1kqGJ629CqwtOc0W0onp3MYzW8xFsUPh6kaexxD/MIURjaWm&#10;l1IPIgi2x+aPUqaRCB50GEkwGWjdSJV2oG3G+ZttNrVwKu1C4Hh3gcn/v7Ly8bBxz8hC/wV6IjAC&#10;0jlfeHLGfXqNJn5pUkZxgvB4gU31gUlyzm5nH2+mnEkK3cymn2YJ1ux62aEPXxUYFo2SI7GSwBKH&#10;tQ/UkFKHlNjLwqpp28RMa39zUGL0ZNcJoxX6bc+aquSTYfotVEdaCuHEt3dy1VDrtfDhWSARTHuQ&#10;aMMTHbqFruRwtjirAX/8zR/zCXeKctaRYEpuSdGctd8s8RG1NRg4GNtkjD/n05zidm/ugWQ4phfh&#10;ZDLJi6EdTI1gXknOy9iIQsJKalfy7WDeh5Ny6TlItVymJJKRE2FtN07G0hGuiOVL/yrQnQEPxNQj&#10;DGoSxRvcT7nxpnfLfSD0EykR2hOQZ8RJgomr83OJGv/1P2VdH/XiJwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAOP5HoHaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C77CM4M1u2mItMZsi&#10;BU8Voa0Xb9vdaRLNzobspE3f3qkXvQwM/8833xSrMbTqhH1qIhmYTjJQSC76hioDH/vXhyWoxJa8&#10;bSOhgQsmWJW3N4XNfTzTFk87rpRAKOXWQM3c5VonV2OwaRI7JMmOsQ+WZe0r7Xt7Fnho9SzLFjrY&#10;huRCbTtc1+i+d0Mw8Ljlt+Gd9vPPcXb52nRrNz9unDH3d+PLMyjGkf/KcNUXdSjF6RAH8km1BuQR&#10;/p3XLFtOQR0E/LQAXRb6v3z5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOrfW2UQAgAA&#10;HAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOP5HoHa&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="3510014A" w14:textId="420E4D46" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00605644">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">OFFICIAL </w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="774833E5" w14:textId="27548847" w:rsidR="00605644" w:rsidRDefault="00605644" w:rsidP="008A47BB">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="9026"/>
+        <w:tab w:val="right" w:pos="9498"/>
+      </w:tabs>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r w:rsidRPr="008A47BB">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F6D2C86" wp14:editId="26098517">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="12065" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1836475469" name="Text Box 6" descr="OFFICIAL ">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="686435" cy="365760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5BCCED12" w14:textId="5FAFA0BB" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00605644">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">OFFICIAL </w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6F6D2C86" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251659776;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHYOlYDwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0S9YZcYqsRYYB&#10;QVsgHXpWZCk2IIsCpcTOfv0oJU62rqdiF5kmKX689zS77VvD9gp9A7bk41HOmbISqsZuS/7zefnp&#10;hjMfhK2EAatKflCe384/fph1rlBXUIOpFDIqYn3RuZLXIbgiy7ysVSv8CJyyFNSArQj0i9usQtFR&#10;9dZkV3k+zTrAyiFI5T15749BPk/1tVYyPGrtVWCm5DRbSCemcxPPbD4TxRaFqxt5GkO8Y4pWNJaa&#10;nkvdiyDYDpt/SrWNRPCgw0hCm4HWjVRpB9pmnL/aZl0Lp9IuBI53Z5j8/ysrH/Zr94Qs9N+gJwIj&#10;IJ3zhSdn3KfX2MYvTcooThAezrCpPjBJzunN9PP1hDNJoevp5Ms0wZpdLjv04buClkWj5EisJLDE&#10;fuUDNaTUISX2srBsjEnMGPuXgxKjJ7tMGK3Qb3rWVNR8mH4D1YGWQjjy7Z1cNtR6JXx4EkgE0x4k&#10;2vBIhzbQlRxOFmc14K+3/DGfcKcoZx0JpuSWFM2Z+WGJj6itwcDB2CRj/DWf5BS3u/YOSIZjehFO&#10;JpO8GMxgaoT2heS8iI0oJKykdiXfDOZdOCqXnoNUi0VKIhk5EVZ27WQsHeGKWD73LwLdCfBATD3A&#10;oCZRvML9mBtverfYBUI/kRKhPQJ5QpwkmLg6PZeo8T//U9blUc9/AwAA//8DAFBLAwQUAAYACAAA&#10;ACEA4/kegdoAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzgzW7aYi0xmyIF&#10;TxWhrRdv291pEs3OhuykTd/eqRe9DAz/zzffFKsxtOqEfWoiGZhOMlBILvqGKgMf+9eHJajElrxt&#10;I6GBCyZYlbc3hc19PNMWTzuulEAo5dZAzdzlWidXY7BpEjskyY6xD5Zl7Svte3sWeGj1LMsWOtiG&#10;5EJtO1zX6L53QzDwuOW34Z32889xdvnadGs3P26cMfd348szKMaR/8pw1Rd1KMXpEAfySbUG5BH+&#10;ndcsW05BHQT8tABdFvq/fPkDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAh2DpWA8CAAAc&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4/kegdoA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="5BCCED12" w14:textId="5FAFA0BB" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00605644">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">OFFICIAL </w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="008A47BB" w:rsidRPr="008A47BB">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Application to Review a Subsidy – Release Date: 27/Mar 2019 | </w:t>
+    </w:r>
+    <w:r w:rsidR="008A47BB" w:rsidRPr="008A47BB">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="008A47BB" w:rsidRPr="008A47BB">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="008A47BB" w:rsidRPr="008A47BB">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="008A47BB" w:rsidRPr="008A47BB">
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>8</w:t>
+    </w:r>
+    <w:r w:rsidR="008A47BB" w:rsidRPr="008A47BB">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A6AFC1D" w14:textId="00341446" w:rsidR="00DD5850" w:rsidRDefault="00605644" w:rsidP="00B8529F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:right="-8"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68FA7EB8" wp14:editId="3E1E2A8E">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="12065" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="751588064" name="Text Box 4" descr="OFFICIAL ">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="686435" cy="365760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7BD3B5DC" w14:textId="03F4B874" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00605644">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">OFFICIAL </w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="68FA7EB8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1032" type="#_x0000_t202" alt="OFFICIAL " style="position:absolute;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251657728;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDp40bVEAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0S9YZcYqsRYYB&#10;QVsgHXpWZCk2YIkCpcTOfv0oJU62rqdiF5kmKX689zS77U3L9gp9A7bk41HOmbISqsZuS/7zefnp&#10;hjMfhK1EC1aV/KA8v51//DDrXKGuoIa2UsioiPVF50peh+CKLPOyVkb4EThlKagBjQj0i9usQtFR&#10;ddNmV3k+zTrAyiFI5T15749BPk/1tVYyPGrtVWBtyWm2kE5M5yae2Xwmii0KVzfyNIZ4xxRGNJaa&#10;nkvdiyDYDpt/SplGInjQYSTBZKB1I1XagbYZ56+2WdfCqbQLgePdGSb//8rKh/3aPSEL/TfoicAI&#10;SOd84ckZ9+k1mvilSRnFCcLDGTbVBybJOb2Zfr6ecCYpdD2dfJkmWLPLZYc+fFdgWDRKjsRKAkvs&#10;Vz5QQ0odUmIvC8umbRMzrf3LQYnRk10mjFboNz1rqpJPhuk3UB1oKYQj397JZUOtV8KHJ4FEMO1B&#10;og2PdOgWupLDyeKsBvz1lj/mE+4U5awjwZTckqI5a39Y4iNqazBwMDbJGH/NJznF7c7cAclwTC/C&#10;yWSSF0M7mBrBvJCcF7ERhYSV1K7km8G8C0fl0nOQarFISSQjJ8LKrp2MpSNcEcvn/kWgOwEeiKkH&#10;GNQkile4H3PjTe8Wu0DoJ1IitEcgT4iTBBNXp+cSNf7nf8q6POr5bwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAOP5HoHaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C77CM4M1u2mItMZsi&#10;BU8Voa0Xb9vdaRLNzobspE3f3qkXvQwM/8833xSrMbTqhH1qIhmYTjJQSC76hioDH/vXhyWoxJa8&#10;bSOhgQsmWJW3N4XNfTzTFk87rpRAKOXWQM3c5VonV2OwaRI7JMmOsQ+WZe0r7Xt7Fnho9SzLFjrY&#10;huRCbTtc1+i+d0Mw8Ljlt+Gd9vPPcXb52nRrNz9unDH3d+PLMyjGkf/KcNUXdSjF6RAH8km1BuQR&#10;/p3XLFtOQR0E/LQAXRb6v3z5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOnjRtUQAgAA&#10;HAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOP5HoHa&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="7BD3B5DC" w14:textId="03F4B874" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00605644">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">OFFICIAL </w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="36519A96" w14:textId="77777777" w:rsidR="00BB7827" w:rsidRDefault="00BB7827" w:rsidP="00001106">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7BF22D2D" w14:textId="77777777" w:rsidR="00BB7827" w:rsidRDefault="00BB7827" w:rsidP="00001106">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="63CFB3D5" w14:textId="2446B91A" w:rsidR="00605644" w:rsidRDefault="00605644">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4837ECF1" wp14:editId="198DF816">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="12065" b="2540"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1659511797" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="686435" cy="365760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="77125527" w14:textId="1559AB23" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00605644">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="4837ECF1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251655680;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3lfRGCwIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0S9YZcYqsRYYB&#10;RVsgHXpWZDk2IImCxMTOfv0oxU62bqdhF5kiaX6897S47Y1mB+VDC7bk00nOmbISqtbuSv79Zf3h&#10;hrOAwlZCg1UlP6rAb5fv3y06V6graEBXyjMqYkPRuZI3iK7IsiAbZUSYgFOWgjV4I5CufpdVXnRU&#10;3ejsKs/nWQe+ch6kCoG896cgX6b6da0kPtV1UMh0yWk2TKdP5zae2XIhip0XrmnlMIb4hymMaC01&#10;PZe6FyjY3rd/lDKt9BCgxokEk0Fdt1KlHWibaf5mm00jnEq7EDjBnWEK/6+sfDxs3LNn2H+BngiM&#10;gHQuFIGccZ++9iZ+aVJGcYLweIZN9cgkOec384/XM84kha7ns0/zBGt2+dn5gF8VGBaNkntiJYEl&#10;Dg8BqSGljimxl4V1q3ViRtvfHJQYPdllwmhhv+2HsbdQHWkbDyeig5Prlno+iIDPwhOztACpFZ/o&#10;qDV0JYfB4qwB/+Nv/phPgFOUs46UUnJLUuZMf7NERBRVMqaf81lONz+6t6Nh9+YOSH9TegpOJjPm&#10;oR7N2oN5JR2vYiMKCSupXclxNO/wJFl6B1KtVimJ9OMEPtiNk7F0xCmC+NK/Cu8GpJEoeoRRRqJ4&#10;A/gpN/4Z3GqPBHtiI2J6AnKAmrSXSBreSRT3r/eUdXnNy58AAAD//wMAUEsDBBQABgAIAAAAIQDS&#10;lqK42gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqGOklCpkU1VIPfRW&#10;ys/ZjZckEK+jeNuGPj0uF7isNJrRzLflcvK9OtIYu8AIZpaBIq6D67hBeH1Z3y1ARbHsbB+YEL4p&#10;wrK6vipt4cKJn+m4k0alEo6FRWhFhkLrWLfkbZyFgTh5H2H0VpIcG+1Ge0rlvtf3WTbX3nacFlo7&#10;0FNL9dfu4BG6fBXE0Ntm/fnuTTDn7SY/bxFvb6bVIyihSf7CcMFP6FAlpn04sIuqR0iPyO+9eNnC&#10;gNoj5A9z0FWp/8NXPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB3lfRGCwIAABUEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDSlqK42gAAAAQB&#10;AAAPAAAAAAAAAAAAAAAAAGUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="77125527" w14:textId="1559AB23" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00605644">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="35CE0E15" w14:textId="5747EBD8" w:rsidR="00605644" w:rsidRDefault="00D76686">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7ADB0B9C" wp14:editId="40594E44">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D2FAA43" wp14:editId="555D4E18">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-665018</wp:posOffset>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>5172075</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-451897</wp:posOffset>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>171450</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7797600" cy="525600"/>
-          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+          <wp:extent cx="2294326" cy="541020"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="Picture 3"/>
+          <wp:docPr id="185211823" name="Graphic 12"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="3" name="EDUCATION A4 Lift landscape.jpg"/>
+                  <pic:cNvPr id="16" name="Graphic 12"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill>
-[...9 lines deleted...]
-                  </a:stretch>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect l="66653" t="2287" b="92066"/>
+                  <a:stretch/>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7797600" cy="525600"/>
+                    <a:ext cx="2294326" cy="541020"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
+          <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
-          <wp14:sizeRelV relativeFrom="page">
+          <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00F63EF4" w:rsidRPr="00F63EF4">
-[...8 lines deleted...]
-    </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:color w:val="259490"/>
-[...89 lines deleted...]
-        <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="62DF6F11" wp14:editId="30B4C707">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1568ECFC" wp14:editId="62EBD2FF">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="page">
-            <wp:posOffset>9525</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-453390</wp:posOffset>
           </wp:positionH>
-          <wp:positionV relativeFrom="page">
-            <wp:posOffset>9245600</wp:posOffset>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>228600</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7543800" cy="1433195"/>
+          <wp:extent cx="2207260" cy="640270"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapNone/>
-          <wp:docPr id="18" name="Picture 1"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1400848383" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1"/>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7543800" cy="1433195"/>
+                    <a:ext cx="2207260" cy="640270"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00605644">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="018E63B0" wp14:editId="698FB074">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="12065" b="2540"/>
+              <wp:wrapNone/>
+              <wp:docPr id="847336687" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="686435" cy="365760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7545295A" w14:textId="79505741" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00605644">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="018E63B0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251656704;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDD2d2XDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0S9YZcYqsRYYB&#10;QVsgHXpWZDk2IImCxMTOfv0oJU7abqdhF5kiaX689zS77Y1me+VDC7bk41HOmbISqtZuS/7zefnp&#10;hrOAwlZCg1UlP6jAb+cfP8w6V6graEBXyjMqYkPRuZI3iK7IsiAbZUQYgVOWgjV4I5CufptVXnRU&#10;3ejsKs+nWQe+ch6kCoG898cgn6f6da0kPtZ1UMh0yWk2TKdP5yae2Xwmiq0XrmnlaQzxD1MY0Vpq&#10;ei51L1CwnW//KGVa6SFAjSMJJoO6bqVKO9A24/zdNutGOJV2IXCCO8MU/l9Z+bBfuyfPsP8GPREY&#10;AelcKAI54z597U380qSM4gTh4Qyb6pFJck5vpp+vJ5xJCl1PJ1+mCdbs8rPzAb8rMCwaJffESgJL&#10;7FcBqSGlDimxl4Vlq3ViRts3DkqMnuwyYbSw3/SsrV5Nv4HqQEt5OPIdnFy21HolAj4JTwTTHiRa&#10;fKSj1tCVHE4WZw34X3/zx3zCnaKcdSSYkltSNGf6hyU+oraSMf6aT3K6+cG9GQy7M3dAMhzTi3Ay&#10;mTEP9WDWHswLyXkRG1FIWEntSo6DeYdH5dJzkGqxSEkkIydwZddOxtIRrojlc/8ivDsBjsTUAwxq&#10;EsU73I+58c/gFjsk9BMpEdojkCfESYKJq9NziRp/fU9Zl0c9/w0AAP//AwBQSwMEFAAGAAgAAAAh&#10;ANKWorjaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoY6SUKmRTVUg9&#10;9FbKz9mNlyQQr6N424Y+PS4XuKw0mtHMt+Vy8r060hi7wAhmloEiroPruEF4fVnfLUBFsexsH5gQ&#10;vinCsrq+Km3hwomf6biTRqUSjoVFaEWGQutYt+RtnIWBOHkfYfRWkhwb7UZ7SuW+1/dZNtfedpwW&#10;WjvQU0v11+7gEbp8FcTQ22b9+e5NMOftJj9vEW9vptUjKKFJ/sJwwU/oUCWmfTiwi6pHSI/I7714&#10;2cKA2iPkD3PQVan/w1c/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMPZ3ZcNAgAAHAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANKWorjaAAAA&#10;BAEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="7545295A" w14:textId="79505741" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00605644">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6FD854A6" w14:textId="2479828B" w:rsidR="00DD5850" w:rsidRDefault="00605644" w:rsidP="001B51A7">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4513"/>
+        <w:tab w:val="clear" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3615AC91" wp14:editId="56CADEBD">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="686435" cy="365760"/>
+              <wp:effectExtent l="0" t="0" r="12065" b="2540"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1180906640" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="686435" cy="365760"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0C4CDCC9" w14:textId="7BBEC89B" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00605644">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="A80000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="3615AC91" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:54.05pt;height:28.8pt;z-index:251654656;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAam6VcDwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+y0TdYZcYqsRYYB&#10;QVsgHXpWZDk2IImCxMTOfv0oJU66bqdhF5kiaX689zS7641me+VDC7bk41HOmbISqtZuS/7jZfnp&#10;lrOAwlZCg1UlP6jA7+YfP8w6V6graEBXyjMqYkPRuZI3iK7IsiAbZUQYgVOWgjV4I5CufptVXnRU&#10;3ejsKs+nWQe+ch6kCoG8D8cgn6f6da0kPtV1UMh0yWk2TKdP5yae2Xwmiq0XrmnlaQzxD1MY0Vpq&#10;ei71IFCwnW//KGVa6SFAjSMJJoO6bqVKO9A24/zdNutGOJV2IXCCO8MU/l9Z+bhfu2fPsP8KPREY&#10;AelcKAI54z597U380qSM4gTh4Qyb6pFJck5vpzfXE84kha6nk8/TBGt2+dn5gN8UGBaNkntiJYEl&#10;9quA1JBSh5TYy8Ky1Toxo+1vDkqMnuwyYbSw3/SsrUp+M0y/gepAS3k48h2cXLbUeiUCPgtPBNMe&#10;JFp8oqPW0JUcThZnDfiff/PHfMKdopx1JJiSW1I0Z/q7JT6itpIx/pJPcrr5wb0ZDLsz90AyHNOL&#10;cDKZMQ/1YNYezCvJeREbUUhYSe1KjoN5j0fl0nOQarFISSQjJ3Bl107G0hGuiOVL/yq8OwGOxNQj&#10;DGoSxTvcj7nxz+AWOyT0EykR2iOQJ8RJgomr03OJGn97T1mXRz3/BQAA//8DAFBLAwQUAAYACAAA&#10;ACEA0paiuNoAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhjpJQqZFNV&#10;SD30VsrP2Y2XJBCvo3jbhj49Lhe4rDSa0cy35XLyvTrSGLvACGaWgSKug+u4QXh9Wd8tQEWx7Gwf&#10;mBC+KcKyur4qbeHCiZ/puJNGpRKOhUVoRYZC61i35G2chYE4eR9h9FaSHBvtRntK5b7X91k21952&#10;nBZaO9BTS/XX7uARunwVxNDbZv357k0w5+0mP28Rb2+m1SMooUn+wnDBT+hQJaZ9OLCLqkdIj8jv&#10;vXjZwoDaI+QPc9BVqf/DVz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGpulXA8CAAAc&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA0paiuNoA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="0C4CDCC9" w14:textId="7BBEC89B" w:rsidR="00605644" w:rsidRPr="00605644" w:rsidRDefault="00605644" w:rsidP="00605644">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00605644">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="A80000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00CC342A">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653632" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D243EBC" wp14:editId="2177C775">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>0</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>6345</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7550217" cy="10671819"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="835780383" name="Picture 835780383"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="Picture 3"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7550217" cy="10671819"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="008B0A42">
-[...33 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="00D740E6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <mc:AlternateContent>
-[...101 lines deleted...]
-      </mc:AlternateContent>
+      <w:drawing>
+        <wp:anchor distT="0" distB="360045" distL="114300" distR="114300" simplePos="0" relativeHeight="251652608" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="5FB14A97" wp14:editId="2F8775F2">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>0</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:align>top</wp:align>
+          </wp:positionV>
+          <wp:extent cx="7560000" cy="1411200"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1993926200" name="Picture 1993926200"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="Picture 2"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7560000" cy="1411200"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF89"/>
-[...248 lines deleted...]
-    <w:nsid w:val="2CD0709C"/>
+    <w:nsid w:val="139D3520"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8B801826"/>
+    <w:tmpl w:val="E18A134C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="PPHeading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="405" w:hanging="405"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="PPHeading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1430" w:hanging="720"/>
+        <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="PPHeading3"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2140" w:hanging="720"/>
+        <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3210" w:hanging="1080"/>
+        <w:ind w:left="2160" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4280" w:hanging="1440"/>
+        <w:ind w:left="2880" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4990" w:hanging="1440"/>
+        <w:ind w:left="3240" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6060" w:hanging="1800"/>
+        <w:ind w:left="3960" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6770" w:hanging="1800"/>
+        <w:ind w:left="4320" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7840" w:hanging="2160"/>
+        <w:ind w:left="5040" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40F06F06"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC04AA4E"/>
+    <w:styleLink w:val="Style1"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090003">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C090005">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C090001">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="1728" w:hanging="648"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2232" w:hanging="792"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="2736" w:hanging="936"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42A6096C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4358D52E"/>
     <w:lvl w:ilvl="0" w:tplc="0390F58C">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullets"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3830,745 +4793,855 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="49D36F7C"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55F8561A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C090025"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading1"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading2"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading3"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading4"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading5"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading6"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading7"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading8"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading9"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FB55E1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="54827832"/>
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+    <w:tmpl w:val="B97C435C"/>
+    <w:lvl w:ilvl="0" w:tplc="8CBA23FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="BulletPoint10pt"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090019">
-[...89 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="0C090003">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C090005">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
-[...35 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="1" w16cid:durableId="1204368688">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="2" w16cid:durableId="1248729117">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="353724865">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2135168720">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
-[...26 lines deleted...]
-  <w:num w:numId="12">
+  <w:num w:numId="5" w16cid:durableId="1563366461">
     <w:abstractNumId w:val="2"/>
   </w:num>
+  <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-  <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean"/>
+  <w:stylePaneFormatFilter w:val="1F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="200"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0053311D"/>
-[...151 lines deleted...]
-    <w:rsid w:val="00DA48B8"/>
+    <w:rsidRoot w:val="00605644"/>
+    <w:rsid w:val="00000CD0"/>
+    <w:rsid w:val="00001106"/>
+    <w:rsid w:val="00012697"/>
+    <w:rsid w:val="00021FDD"/>
+    <w:rsid w:val="00022CDB"/>
+    <w:rsid w:val="000243C7"/>
+    <w:rsid w:val="00026FC4"/>
+    <w:rsid w:val="00040B17"/>
+    <w:rsid w:val="00050BA7"/>
+    <w:rsid w:val="00057E58"/>
+    <w:rsid w:val="00060DF7"/>
+    <w:rsid w:val="000647AC"/>
+    <w:rsid w:val="0007245E"/>
+    <w:rsid w:val="00087FB1"/>
+    <w:rsid w:val="000A0A18"/>
+    <w:rsid w:val="000A163F"/>
+    <w:rsid w:val="000A3482"/>
+    <w:rsid w:val="000A56CF"/>
+    <w:rsid w:val="000B2AC7"/>
+    <w:rsid w:val="000D6ECD"/>
+    <w:rsid w:val="000E24C7"/>
+    <w:rsid w:val="00104DEC"/>
+    <w:rsid w:val="00105F20"/>
+    <w:rsid w:val="0011106B"/>
+    <w:rsid w:val="001177F4"/>
+    <w:rsid w:val="00122CF5"/>
+    <w:rsid w:val="00126A71"/>
+    <w:rsid w:val="00130DE8"/>
+    <w:rsid w:val="0013327B"/>
+    <w:rsid w:val="00140C2E"/>
+    <w:rsid w:val="00143E91"/>
+    <w:rsid w:val="001466E9"/>
+    <w:rsid w:val="00146D75"/>
+    <w:rsid w:val="00151596"/>
+    <w:rsid w:val="001A1062"/>
+    <w:rsid w:val="001A370C"/>
+    <w:rsid w:val="001A6F14"/>
+    <w:rsid w:val="001A72EE"/>
+    <w:rsid w:val="001B51A7"/>
+    <w:rsid w:val="001B7793"/>
+    <w:rsid w:val="001C4E67"/>
+    <w:rsid w:val="001D26AA"/>
+    <w:rsid w:val="001F2CA3"/>
+    <w:rsid w:val="001F7A48"/>
+    <w:rsid w:val="002072AC"/>
+    <w:rsid w:val="002077F9"/>
+    <w:rsid w:val="00212C0F"/>
+    <w:rsid w:val="002133CA"/>
+    <w:rsid w:val="00215915"/>
+    <w:rsid w:val="00217F89"/>
+    <w:rsid w:val="00223A33"/>
+    <w:rsid w:val="00237023"/>
+    <w:rsid w:val="00245CF8"/>
+    <w:rsid w:val="00277244"/>
+    <w:rsid w:val="00284B72"/>
+    <w:rsid w:val="0029159B"/>
+    <w:rsid w:val="002A3ECE"/>
+    <w:rsid w:val="002B17FC"/>
+    <w:rsid w:val="002B380E"/>
+    <w:rsid w:val="002B43B3"/>
+    <w:rsid w:val="002B4DF8"/>
+    <w:rsid w:val="002C06C8"/>
+    <w:rsid w:val="002C3DD9"/>
+    <w:rsid w:val="002C6210"/>
+    <w:rsid w:val="002C78B4"/>
+    <w:rsid w:val="002D0664"/>
+    <w:rsid w:val="002D3191"/>
+    <w:rsid w:val="002D6208"/>
+    <w:rsid w:val="002D7986"/>
+    <w:rsid w:val="002E428A"/>
+    <w:rsid w:val="002F3115"/>
+    <w:rsid w:val="002F5768"/>
+    <w:rsid w:val="002F5E17"/>
+    <w:rsid w:val="00305877"/>
+    <w:rsid w:val="003324F7"/>
+    <w:rsid w:val="00335609"/>
+    <w:rsid w:val="00350546"/>
+    <w:rsid w:val="00356904"/>
+    <w:rsid w:val="003613FE"/>
+    <w:rsid w:val="003672FC"/>
+    <w:rsid w:val="00376B27"/>
+    <w:rsid w:val="00380C97"/>
+    <w:rsid w:val="003839D7"/>
+    <w:rsid w:val="003A5AAE"/>
+    <w:rsid w:val="003A7222"/>
+    <w:rsid w:val="003A7448"/>
+    <w:rsid w:val="003B11CF"/>
+    <w:rsid w:val="003C0539"/>
+    <w:rsid w:val="003C3038"/>
+    <w:rsid w:val="003C5628"/>
+    <w:rsid w:val="003D0848"/>
+    <w:rsid w:val="003E4949"/>
+    <w:rsid w:val="003F005C"/>
+    <w:rsid w:val="004061D7"/>
+    <w:rsid w:val="00421DCF"/>
+    <w:rsid w:val="00430ECA"/>
+    <w:rsid w:val="004463B5"/>
+    <w:rsid w:val="0045259F"/>
+    <w:rsid w:val="00456E50"/>
+    <w:rsid w:val="0046038C"/>
+    <w:rsid w:val="00461AEA"/>
+    <w:rsid w:val="004626EA"/>
+    <w:rsid w:val="00467516"/>
+    <w:rsid w:val="00467A90"/>
+    <w:rsid w:val="00472312"/>
+    <w:rsid w:val="00476141"/>
+    <w:rsid w:val="004A0D19"/>
+    <w:rsid w:val="004A20B0"/>
+    <w:rsid w:val="004A7886"/>
+    <w:rsid w:val="004B012D"/>
+    <w:rsid w:val="004B74C4"/>
+    <w:rsid w:val="004D218F"/>
+    <w:rsid w:val="004D234A"/>
+    <w:rsid w:val="004F6B24"/>
+    <w:rsid w:val="00501F62"/>
+    <w:rsid w:val="0052368D"/>
+    <w:rsid w:val="005238D4"/>
+    <w:rsid w:val="00523ED4"/>
+    <w:rsid w:val="00527FBB"/>
+    <w:rsid w:val="00533F72"/>
+    <w:rsid w:val="0053418C"/>
+    <w:rsid w:val="0054193D"/>
+    <w:rsid w:val="005460B5"/>
+    <w:rsid w:val="00556C4B"/>
+    <w:rsid w:val="00562655"/>
+    <w:rsid w:val="005711C9"/>
+    <w:rsid w:val="00571539"/>
+    <w:rsid w:val="00573CB3"/>
+    <w:rsid w:val="00577CCC"/>
+    <w:rsid w:val="005805C4"/>
+    <w:rsid w:val="00587C43"/>
+    <w:rsid w:val="00594983"/>
+    <w:rsid w:val="00596538"/>
+    <w:rsid w:val="00597540"/>
+    <w:rsid w:val="00597FB0"/>
+    <w:rsid w:val="005A0D79"/>
+    <w:rsid w:val="005A7710"/>
+    <w:rsid w:val="005A7F15"/>
+    <w:rsid w:val="005B12AD"/>
+    <w:rsid w:val="005B33AF"/>
+    <w:rsid w:val="005B75E4"/>
+    <w:rsid w:val="005C23E8"/>
+    <w:rsid w:val="005C61E0"/>
+    <w:rsid w:val="005E0371"/>
+    <w:rsid w:val="005E2058"/>
+    <w:rsid w:val="005E49C7"/>
+    <w:rsid w:val="005F00A0"/>
+    <w:rsid w:val="005F613C"/>
+    <w:rsid w:val="00605644"/>
+    <w:rsid w:val="006202B6"/>
+    <w:rsid w:val="00626001"/>
+    <w:rsid w:val="006804F6"/>
+    <w:rsid w:val="00685BB4"/>
+    <w:rsid w:val="0068705A"/>
+    <w:rsid w:val="0069564E"/>
+    <w:rsid w:val="00695BBF"/>
+    <w:rsid w:val="006A074E"/>
+    <w:rsid w:val="006A1607"/>
+    <w:rsid w:val="006A3909"/>
+    <w:rsid w:val="006B1DB0"/>
+    <w:rsid w:val="006B4986"/>
+    <w:rsid w:val="006C5BFC"/>
+    <w:rsid w:val="006D1BD3"/>
+    <w:rsid w:val="006D26C2"/>
+    <w:rsid w:val="006D3428"/>
+    <w:rsid w:val="00714668"/>
+    <w:rsid w:val="00732E55"/>
+    <w:rsid w:val="00733815"/>
+    <w:rsid w:val="007404BC"/>
+    <w:rsid w:val="007418BA"/>
+    <w:rsid w:val="007470B5"/>
+    <w:rsid w:val="00747B4A"/>
+    <w:rsid w:val="007528C1"/>
+    <w:rsid w:val="00757F4F"/>
+    <w:rsid w:val="00763396"/>
+    <w:rsid w:val="007715AB"/>
+    <w:rsid w:val="007776BA"/>
+    <w:rsid w:val="007828AB"/>
+    <w:rsid w:val="00782FC3"/>
+    <w:rsid w:val="00783087"/>
+    <w:rsid w:val="00797EF0"/>
+    <w:rsid w:val="007A10F9"/>
+    <w:rsid w:val="007A11AC"/>
+    <w:rsid w:val="007B501B"/>
+    <w:rsid w:val="007B7680"/>
+    <w:rsid w:val="007C128B"/>
+    <w:rsid w:val="007C2DAD"/>
+    <w:rsid w:val="007D110E"/>
+    <w:rsid w:val="007D333A"/>
+    <w:rsid w:val="007D534D"/>
+    <w:rsid w:val="007D6C59"/>
+    <w:rsid w:val="007E06CF"/>
+    <w:rsid w:val="007E5DB4"/>
+    <w:rsid w:val="007F2F54"/>
+    <w:rsid w:val="007F441C"/>
+    <w:rsid w:val="00802A79"/>
+    <w:rsid w:val="00803046"/>
+    <w:rsid w:val="00823C5B"/>
+    <w:rsid w:val="00840711"/>
+    <w:rsid w:val="00841CEC"/>
+    <w:rsid w:val="008447AD"/>
+    <w:rsid w:val="00847AAD"/>
+    <w:rsid w:val="00855719"/>
+    <w:rsid w:val="00862A1D"/>
+    <w:rsid w:val="0086796D"/>
+    <w:rsid w:val="00867CE7"/>
+    <w:rsid w:val="00884270"/>
+    <w:rsid w:val="0089767A"/>
+    <w:rsid w:val="008A47BB"/>
+    <w:rsid w:val="008A56F9"/>
+    <w:rsid w:val="008B0734"/>
+    <w:rsid w:val="008B1197"/>
+    <w:rsid w:val="008B3AEF"/>
+    <w:rsid w:val="008C4454"/>
+    <w:rsid w:val="008E4F12"/>
+    <w:rsid w:val="009068C7"/>
+    <w:rsid w:val="00913A9E"/>
+    <w:rsid w:val="00920FA8"/>
+    <w:rsid w:val="009372EB"/>
+    <w:rsid w:val="009472A5"/>
+    <w:rsid w:val="009566A2"/>
+    <w:rsid w:val="00957B63"/>
+    <w:rsid w:val="00960CF1"/>
+    <w:rsid w:val="00975EBC"/>
+    <w:rsid w:val="00982A61"/>
+    <w:rsid w:val="009840D0"/>
+    <w:rsid w:val="00984309"/>
+    <w:rsid w:val="009869E8"/>
+    <w:rsid w:val="00993450"/>
+    <w:rsid w:val="009B2D80"/>
+    <w:rsid w:val="009B7547"/>
+    <w:rsid w:val="009C2233"/>
+    <w:rsid w:val="009C3A1E"/>
+    <w:rsid w:val="009C3CA9"/>
+    <w:rsid w:val="009C7B1E"/>
+    <w:rsid w:val="009D03E7"/>
+    <w:rsid w:val="009D379E"/>
+    <w:rsid w:val="009D63BD"/>
+    <w:rsid w:val="009D71A1"/>
+    <w:rsid w:val="009D7E62"/>
+    <w:rsid w:val="00A12D23"/>
+    <w:rsid w:val="00A16C52"/>
+    <w:rsid w:val="00A16E9F"/>
+    <w:rsid w:val="00A356C6"/>
+    <w:rsid w:val="00A469D7"/>
+    <w:rsid w:val="00A47720"/>
+    <w:rsid w:val="00A47F20"/>
+    <w:rsid w:val="00A50A53"/>
+    <w:rsid w:val="00A52F6A"/>
+    <w:rsid w:val="00A570C1"/>
+    <w:rsid w:val="00A60622"/>
+    <w:rsid w:val="00A707FD"/>
+    <w:rsid w:val="00A732D7"/>
+    <w:rsid w:val="00A80ED1"/>
+    <w:rsid w:val="00A849BC"/>
+    <w:rsid w:val="00A868DC"/>
+    <w:rsid w:val="00A91CD8"/>
+    <w:rsid w:val="00AA0F01"/>
+    <w:rsid w:val="00AA7E5F"/>
+    <w:rsid w:val="00AC002A"/>
+    <w:rsid w:val="00AC27AA"/>
+    <w:rsid w:val="00AC6E53"/>
+    <w:rsid w:val="00AE087E"/>
+    <w:rsid w:val="00B12A59"/>
+    <w:rsid w:val="00B17AA2"/>
+    <w:rsid w:val="00B20DC8"/>
+    <w:rsid w:val="00B230C2"/>
+    <w:rsid w:val="00B24165"/>
+    <w:rsid w:val="00B25550"/>
+    <w:rsid w:val="00B268CF"/>
+    <w:rsid w:val="00B41A3E"/>
+    <w:rsid w:val="00B44174"/>
+    <w:rsid w:val="00B46617"/>
+    <w:rsid w:val="00B47C77"/>
+    <w:rsid w:val="00B51F84"/>
+    <w:rsid w:val="00B56F99"/>
+    <w:rsid w:val="00B63BB9"/>
+    <w:rsid w:val="00B70C75"/>
+    <w:rsid w:val="00B71B06"/>
+    <w:rsid w:val="00B80E6C"/>
+    <w:rsid w:val="00B816A5"/>
+    <w:rsid w:val="00B8529F"/>
+    <w:rsid w:val="00BA1DAD"/>
+    <w:rsid w:val="00BA21DC"/>
+    <w:rsid w:val="00BA22B1"/>
+    <w:rsid w:val="00BB1780"/>
+    <w:rsid w:val="00BB21D2"/>
+    <w:rsid w:val="00BB4A66"/>
+    <w:rsid w:val="00BB5438"/>
+    <w:rsid w:val="00BB7827"/>
+    <w:rsid w:val="00BC43DF"/>
+    <w:rsid w:val="00BD4D9D"/>
+    <w:rsid w:val="00BE0CFE"/>
+    <w:rsid w:val="00BF1966"/>
+    <w:rsid w:val="00C16441"/>
+    <w:rsid w:val="00C27CD5"/>
+    <w:rsid w:val="00C42C1A"/>
+    <w:rsid w:val="00C43756"/>
+    <w:rsid w:val="00C47F1B"/>
+    <w:rsid w:val="00C53105"/>
+    <w:rsid w:val="00C60DD4"/>
+    <w:rsid w:val="00C63B61"/>
+    <w:rsid w:val="00C714AD"/>
+    <w:rsid w:val="00C82ECB"/>
+    <w:rsid w:val="00C85CD0"/>
+    <w:rsid w:val="00C9016A"/>
+    <w:rsid w:val="00C91A97"/>
+    <w:rsid w:val="00C93A7A"/>
+    <w:rsid w:val="00C9437A"/>
+    <w:rsid w:val="00CA1F0A"/>
+    <w:rsid w:val="00CB1F7C"/>
+    <w:rsid w:val="00CB59C6"/>
+    <w:rsid w:val="00CC05BC"/>
+    <w:rsid w:val="00CC0873"/>
+    <w:rsid w:val="00CC342A"/>
+    <w:rsid w:val="00CC3594"/>
+    <w:rsid w:val="00CD2F4E"/>
+    <w:rsid w:val="00CE2CE4"/>
+    <w:rsid w:val="00CE6892"/>
+    <w:rsid w:val="00CE6AF3"/>
+    <w:rsid w:val="00CF36F5"/>
+    <w:rsid w:val="00D027A9"/>
+    <w:rsid w:val="00D14360"/>
+    <w:rsid w:val="00D426FB"/>
+    <w:rsid w:val="00D70096"/>
+    <w:rsid w:val="00D740E6"/>
+    <w:rsid w:val="00D76686"/>
+    <w:rsid w:val="00D7751B"/>
+    <w:rsid w:val="00D80772"/>
+    <w:rsid w:val="00D82E95"/>
+    <w:rsid w:val="00D902DF"/>
+    <w:rsid w:val="00DA51B0"/>
     <w:rsid w:val="00DB04E5"/>
-    <w:rsid w:val="00DB3F4A"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00FD53F8"/>
+    <w:rsid w:val="00DB1776"/>
+    <w:rsid w:val="00DB336B"/>
+    <w:rsid w:val="00DC4546"/>
+    <w:rsid w:val="00DC63A0"/>
+    <w:rsid w:val="00DD5850"/>
+    <w:rsid w:val="00DE0636"/>
+    <w:rsid w:val="00DE2006"/>
+    <w:rsid w:val="00DE6D3F"/>
+    <w:rsid w:val="00DE7F50"/>
+    <w:rsid w:val="00DF3062"/>
+    <w:rsid w:val="00DF60B4"/>
+    <w:rsid w:val="00DF7BAA"/>
+    <w:rsid w:val="00E0140D"/>
+    <w:rsid w:val="00E017C7"/>
+    <w:rsid w:val="00E01D6B"/>
+    <w:rsid w:val="00E03C98"/>
+    <w:rsid w:val="00E13687"/>
+    <w:rsid w:val="00E14221"/>
+    <w:rsid w:val="00E1611F"/>
+    <w:rsid w:val="00E2327D"/>
+    <w:rsid w:val="00E26300"/>
+    <w:rsid w:val="00E35166"/>
+    <w:rsid w:val="00E37F47"/>
+    <w:rsid w:val="00E41D5A"/>
+    <w:rsid w:val="00E430D1"/>
+    <w:rsid w:val="00E45FB9"/>
+    <w:rsid w:val="00E50AF1"/>
+    <w:rsid w:val="00E531BE"/>
+    <w:rsid w:val="00E605C4"/>
+    <w:rsid w:val="00E70934"/>
+    <w:rsid w:val="00E714F3"/>
+    <w:rsid w:val="00E77E65"/>
+    <w:rsid w:val="00E80387"/>
+    <w:rsid w:val="00E84318"/>
+    <w:rsid w:val="00E924D2"/>
+    <w:rsid w:val="00E93690"/>
+    <w:rsid w:val="00E97114"/>
+    <w:rsid w:val="00EA01F1"/>
+    <w:rsid w:val="00EB35FB"/>
+    <w:rsid w:val="00EB6E25"/>
+    <w:rsid w:val="00EC0C2C"/>
+    <w:rsid w:val="00EC1B0F"/>
+    <w:rsid w:val="00ED2C29"/>
+    <w:rsid w:val="00ED31A0"/>
+    <w:rsid w:val="00ED4F26"/>
+    <w:rsid w:val="00EE28C5"/>
+    <w:rsid w:val="00EE425F"/>
+    <w:rsid w:val="00EE48C8"/>
+    <w:rsid w:val="00F1101D"/>
+    <w:rsid w:val="00F131D4"/>
+    <w:rsid w:val="00F1517B"/>
+    <w:rsid w:val="00F247C9"/>
+    <w:rsid w:val="00F308C3"/>
+    <w:rsid w:val="00F3243F"/>
+    <w:rsid w:val="00F3260A"/>
+    <w:rsid w:val="00F332BA"/>
+    <w:rsid w:val="00F37150"/>
+    <w:rsid w:val="00F37569"/>
+    <w:rsid w:val="00F41B32"/>
+    <w:rsid w:val="00F52F96"/>
+    <w:rsid w:val="00F6354F"/>
+    <w:rsid w:val="00F657A1"/>
+    <w:rsid w:val="00F758A1"/>
+    <w:rsid w:val="00F800C6"/>
+    <w:rsid w:val="00F80D83"/>
+    <w:rsid w:val="00F86849"/>
+    <w:rsid w:val="00F918B4"/>
+    <w:rsid w:val="00F92A1D"/>
+    <w:rsid w:val="00F940EE"/>
+    <w:rsid w:val="00F95B90"/>
+    <w:rsid w:val="00FB0573"/>
+    <w:rsid w:val="00FB486A"/>
+    <w:rsid w:val="00FC61E0"/>
+    <w:rsid w:val="00FD2ED7"/>
+    <w:rsid w:val="00FD3047"/>
+    <w:rsid w:val="00FD7DA5"/>
+    <w:rsid w:val="00FF41EB"/>
+    <w:rsid w:val="00FF48F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="753900DB"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{8B1378E1-C0A4-4B4F-849D-4E2F5C6C8A1A}"/>
+  <w14:docId w14:val="640B23C9"/>
+  <w14:defaultImageDpi w14:val="32767"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{8B1CD506-1DF9-F949-919B-23AB182C3B8E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="DINPro-Light"/>
-        <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="DengXian" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4591,162 +5664,172 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="Light Shading"/>
-[...19 lines deleted...]
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="71"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="73"/>
-[...84 lines deleted...]
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="70" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -4800,1205 +5883,1597 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="000F359B"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:qFormat/>
+    <w:rsid w:val="008B0734"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="5"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00405D26"/>
+    <w:rsid w:val="00A12D23"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:after="240"/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-      <w:lang w:eastAsia="ja-JP"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
-    <w:uiPriority w:val="6"/>
+    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006706E8"/>
+    <w:rsid w:val="000243C7"/>
     <w:pPr>
-      <w:spacing w:before="240"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="120" w:line="264" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-      <w:color w:val="auto"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
-      <w:lang w:eastAsia="ja-JP"/>
+      <w:lang w:val="en-AU" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="7"/>
+    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="006706E8"/>
+    <w:rsid w:val="000243C7"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240"/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:before="40" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="ja-JP"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:lang w:val="en-AU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
-    <w:uiPriority w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0053311D"/>
+    <w:rsid w:val="008B0734"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240"/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="ja-JP"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0053311D"/>
+    <w:rsid w:val="008B0734"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240"/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-      <w:lang w:eastAsia="ja-JP"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008B0734"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008B0734"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008B0734"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="7"/>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="008B0734"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="8"/>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebodytext">
-    <w:name w:val="Table body text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Address">
+    <w:name w:val="Address"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00E1203E"/>
+    <w:rsid w:val="009D7E62"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="exact"/>
+      <w:ind w:left="1134" w:right="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EPABodyText">
+    <w:name w:val="EPA Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00C16441"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="100" w:line="260" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00001106"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="426"/>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
-      <w:ind w:right="255"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00001106"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00001106"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00001106"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B027D9"/>
+    <w:rsid w:val="00012697"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B027D9"/>
+    <w:rsid w:val="00012697"/>
     <w:rPr>
-      <w:rFonts w:ascii="Lucida Grande" w:eastAsia="Times New Roman" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
+      <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HL10pt">
+    <w:name w:val="HL 10pt"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00256E71"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E5DB4"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0"/>
+      <w:spacing w:before="300" w:after="60" w:line="260" w:lineRule="exact"/>
     </w:pPr>
-  </w:style>
-[...4 lines deleted...]
-    <w:rsid w:val="00256E71"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-AU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyCopy10pt">
+    <w:name w:val="Body Copy 10pt"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00256E71"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E5DB4"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0"/>
+      <w:spacing w:after="160" w:line="280" w:lineRule="exact"/>
     </w:pPr>
-  </w:style>
-[...4 lines deleted...]
-    <w:rsid w:val="00256E71"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:sz w:val="22"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-AU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...3 lines deleted...]
-    <w:rsid w:val="000F359B"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletPoint10pt">
+    <w:name w:val="Bullet Point 10pt"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E5DB4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="0"/>
+      </w:tabs>
+      <w:spacing w:after="120" w:line="280" w:lineRule="exact"/>
+      <w:ind w:left="284" w:hanging="284"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
-[...5 lines deleted...]
-      <w:lang w:eastAsia="ja-JP"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-AU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...25 lines deleted...]
-    <w:name w:val="Quote"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...17 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00577CCC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004B0836"/>
+    <w:rsid w:val="00022CDB"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00022CDB"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HL28pt">
+    <w:name w:val="HL 28pt"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E5DB4"/>
+    <w:pPr>
+      <w:spacing w:after="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="1C1748"/>
+      <w:spacing w:val="-20"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="en-AU" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HL13pt">
+    <w:name w:val="HL 13pt"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E5DB4"/>
+    <w:pPr>
+      <w:spacing w:before="300" w:after="80" w:line="300" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:bCs/>
+      <w:color w:val="00B5DB"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00521084"/>
+    <w:rsid w:val="00456E50"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00456E50"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00803046"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00803046"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="EndnoteReference">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00803046"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C63B61"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C63B61"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C63B61"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005238D4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D06522"/>
+    <w:rsid w:val="005238D4"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D06522"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="005238D4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-      <w:color w:val="auto"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00D06522"/>
+    <w:rsid w:val="005238D4"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...175 lines deleted...]
-      <w:lang w:eastAsia="ja-JP"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AD1ED6"/>
+    <w:rsid w:val="005238D4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="MS Mincho" w:hAnsi="Calibri Light" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="262626"/>
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AD1ED6"/>
+    <w:rsid w:val="005238D4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="262626"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A12D23"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
-[...140 lines deleted...]
-      <w:lang w:eastAsia="ja-JP"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00305C37"/>
+    <w:rsid w:val="00A12D23"/>
     <w:pPr>
-      <w:keepLines/>
-      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000243C7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:val="en-AU" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000243C7"/>
+    <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:bCs w:val="0"/>
-[...3 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-AU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CB2888"/>
+    <w:rsid w:val="000243C7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CB2888"/>
+    <w:rsid w:val="000243C7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
-      <w:ind w:left="220"/>
+      <w:ind w:left="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CB2888"/>
+    <w:rsid w:val="000243C7"/>
     <w:pPr>
       <w:spacing w:after="100"/>
-      <w:ind w:left="440"/>
+      <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
-    <w:name w:val="Normal1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PPHeading1">
+    <w:name w:val="P&amp;P Heading 1"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:link w:val="PPHeading1Char"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00EE28C5"/>
+    <w:pPr>
+      <w:keepLines w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:spacing w:before="0" w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="259490"/>
+      <w:kern w:val="32"/>
+      <w:lang w:val="en-AU" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PPHeading1Char">
+    <w:name w:val="P&amp;P Heading 1 Char"/>
+    <w:basedOn w:val="Heading1Char"/>
+    <w:link w:val="PPHeading1"/>
+    <w:rsid w:val="00EE28C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="259490"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-AU" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PPHeading2">
+    <w:name w:val="P&amp;P Heading 2"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:link w:val="PPHeading2Char"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:rsid w:val="00EE28C5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PPHeading2Char">
+    <w:name w:val="P&amp;P Heading 2 Char"/>
+    <w:basedOn w:val="Heading2Char"/>
+    <w:link w:val="PPHeading2"/>
+    <w:rsid w:val="00EE28C5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-AU" w:eastAsia="ja-JP"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PPHeading3">
+    <w:name w:val="P&amp;P Heading 3"/>
+    <w:basedOn w:val="Heading3"/>
+    <w:link w:val="PPHeading3Char"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00335609"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:spacing w:before="0" w:after="160" w:line="280" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PPHeading3Char">
+    <w:name w:val="P&amp;P Heading 3 Char"/>
+    <w:basedOn w:val="Heading3Char"/>
+    <w:link w:val="PPHeading3"/>
+    <w:rsid w:val="00335609"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-AU" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EC1B0F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008B0734"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008B0734"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008B0734"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008B0734"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008B0734"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008B0734"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullets">
+    <w:name w:val="Bullets"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Normal1Char"/>
-[...6 lines deleted...]
-    <w:rsid w:val="001A4017"/>
+    <w:link w:val="BulletsChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F131D4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="120" w:line="264" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
       <w:color w:val="262626"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="en-AU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BulletsChar">
+    <w:name w:val="Bullets Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Bullets"/>
+    <w:rsid w:val="00F131D4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="en-AU"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+      <w:color w:val="262626"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-AU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="BodyText1"/>
+    <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:qFormat/>
-    <w:rsid w:val="000F359B"/>
+    <w:rsid w:val="00F131D4"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
-      <w:spacing w:before="145" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="145"/>
+      <w:ind w:right="255"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri Light" w:hAnsi="Calibri" w:cs="Calibri Light"/>
-      <w:color w:val="auto"/>
-      <w:lang w:val="en-US"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
-    <w:rsid w:val="000F359B"/>
+    <w:rsid w:val="00F131D4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri Light" w:cs="Calibri Light"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="21"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subtitle0">
-[...85 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="189033930">
+    <w:div w:id="349335955">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="231357695">
+    <w:div w:id="575087989">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="636646486">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="717709540">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="747115727">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="954213726">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1010521053">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1059746067">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1433041834">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1944337035">
+        <w:div w:id="111871235">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="338197606">
+            <w:div w:id="1055392995">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="96601215">
+                <w:div w:id="1661426786">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
-                    <w:div w:id="123693127">
+                    <w:div w:id="1086075917">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
-                      <w:divsChild>
-[...12 lines deleted...]
-                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1551377276">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1558937471">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1969047824">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="936333818">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="47805206">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2050295975">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1787197252">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="611863780">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1898975327">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="212349385">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="84881772">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1830554201">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1929077009">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="706444516">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="220093491">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1743867263">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1488938801">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Subsidy.Support@sa.gov.au" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Subsidy.Support@sa.gov.au" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="Yu Gothic Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="DengXian Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="Yu Mincho"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="DengXian"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
@@ -6136,349 +7611,116 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<metadata xmlns="http://www.objective.com/ecm/document/metadata/D257099907BF4AFDAA2E1AD3064833F5" version="1.0.0">
-[...87 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{253CB5C9-0793-4027-9DC8-1585DD36C7CF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{039BF05C-B8F3-9E4B-A5B0-5E7CFB0A30FA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{77274858-3b1d-4431-8679-d878f40e28fd}" enabled="1" method="Privileged" siteId="{bda528f7-fca9-432f-bc98-bd7e90d40906}" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>928</Words>
-  <Characters>5290</Characters>
+  <Words>974</Words>
+  <Characters>5135</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>177</Lines>
+  <Paragraphs>115</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>&lt;the title should accurately reflect the content &gt;</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Manager>James.Dyson3@sa.gov.au</Manager>
-  <Company>DECS</Company>
+  <Company>Motiv Design</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6206</CharactersWithSpaces>
+  <CharactersWithSpaces>5994</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>&lt;the title should accurately reflect the content &gt;</dc:title>
-[...2 lines deleted...]
-  <cp:keywords>&lt;words that the customer may use to search for the document&gt;</cp:keywords>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Davis, Peter (DIS)</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
-    <vt:lpwstr>32123</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>46633490,62ea23f5,328154ef</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
-[...104 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="ClassificationContentMarkingHeaderFontProps">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingHeaderFontProps">
     <vt:lpwstr>#a80000,12,Arial</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="ClassificationContentMarkingHeaderText">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingHeaderText">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Enabled">
-    <vt:lpwstr>true</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>2ccc52e0,741b0951,6d76644d</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_SetDate">
-    <vt:lpwstr>2022-07-13T05:09:24Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#a80000,12,arial</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_77274858-3b1d-4431-8679-d878f40e28fd_Method">
-[...12 lines deleted...]
-    <vt:lpwstr>1</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>OFFICIAL </vt:lpwstr>
   </property>
 </Properties>
 </file>